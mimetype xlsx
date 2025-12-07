--- v0 (2025-10-22)
+++ v1 (2025-12-07)
@@ -12,1592 +12,1505 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="530">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="501">
   <si>
     <t>item</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>qty</t>
   </si>
   <si>
     <t>weight</t>
   </si>
   <si>
     <t>price</t>
   </si>
   <si>
     <t>size</t>
   </si>
   <si>
     <t>color</t>
   </si>
   <si>
+    <t>D2099PQ Swwet Pink</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3pc Lace Up Empire Waist Garter Dress </t>
+  </si>
+  <si>
+    <t>Queen Size</t>
+  </si>
+  <si>
+    <t>Sweet Pink</t>
+  </si>
+  <si>
+    <t>D2201 Flash Pink</t>
+  </si>
+  <si>
+    <t>2pc Lacy teddy Demi Cups , Plunge Front, Open Snap Crotch &amp; Stockings.</t>
+  </si>
+  <si>
+    <t>One Size</t>
+  </si>
+  <si>
+    <t>Flash Pink</t>
+  </si>
+  <si>
+    <t>B2234PQ Mauve Merlot</t>
+  </si>
+  <si>
+    <t>1pc Laced Romper With Open crotch Snap</t>
+  </si>
+  <si>
+    <t>Mauve Merlot</t>
+  </si>
+  <si>
+    <t>OH2322PQ Sky Blue</t>
+  </si>
+  <si>
+    <t>3pc Slitted Babydoll With Ruffle Trims, Garter Panty &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>Sky Blue</t>
+  </si>
+  <si>
+    <t>OH2335 Black</t>
+  </si>
+  <si>
+    <t>2pc Pee-a-Boo Cheeky Boyfriend Garter Panty &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>OH2335 Red</t>
+  </si>
+  <si>
+    <t>Red</t>
+  </si>
+  <si>
+    <t>OH2304 Green Quartz</t>
+  </si>
+  <si>
+    <t>3pc Cropped Bustier, Thong &amp; Stockings Set</t>
+  </si>
+  <si>
+    <t>Green Quartz</t>
+  </si>
+  <si>
+    <t>OH2363PQ Berry Sorbet</t>
+  </si>
+  <si>
+    <t>2pc Laced Camisole with Front Lace Up Details</t>
+  </si>
+  <si>
+    <t>Berry Sorbet</t>
+  </si>
+  <si>
+    <t>OH2382PQ Neon Orange</t>
+  </si>
+  <si>
+    <t>2pc Lace Up Teddy &amp; Lace Garters</t>
+  </si>
+  <si>
+    <t>Neon Orange</t>
+  </si>
+  <si>
+    <t>OH2420 Glossy Pink</t>
+  </si>
+  <si>
+    <t>2pc Deep Plunge Strappy Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Glossy Pink</t>
+  </si>
+  <si>
+    <t>OH2410 Purple Luxe</t>
+  </si>
+  <si>
+    <t>3pc Sheer Lace Garter Bustier w/ Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Purple Luxe</t>
+  </si>
+  <si>
+    <t>OH2425PQ Aquamarine</t>
+  </si>
+  <si>
+    <t>2pc Peek-a-Boo Lace Teddy with Snap Crotch &amp; Garters</t>
+  </si>
+  <si>
+    <t>Aquamarine</t>
+  </si>
+  <si>
+    <t>OH2452 Pink Ecstasy</t>
+  </si>
+  <si>
+    <t>3pc Flyaway Babydoll, Tie Front, Garter Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Pink Ecstasy</t>
+  </si>
+  <si>
+    <t>B1902 Daisy Blue</t>
+  </si>
+  <si>
+    <t>2pc Cut Out Laced Garter Romper With Snap Crotch</t>
+  </si>
+  <si>
+    <t>Daisy Blue</t>
+  </si>
+  <si>
+    <t>L2092 Neon Vibe</t>
+  </si>
+  <si>
+    <t>4pc Oh So Sweet Sexy Top and Garter Lingerie Set</t>
+  </si>
+  <si>
+    <t>Neon Vibe</t>
+  </si>
+  <si>
+    <t>D2121 Neon Pink</t>
+  </si>
+  <si>
+    <t>2pc Sheer Lace Open Babydoll Teddy &amp; Lace Garters</t>
+  </si>
+  <si>
+    <t>D2129 Sweet Pink</t>
+  </si>
+  <si>
+    <t>2pc Sheer Laced Night Gown</t>
+  </si>
+  <si>
+    <t>BL2261 Red</t>
+  </si>
+  <si>
+    <t>3pc Cutout Lace Halter Dress With Garters</t>
+  </si>
+  <si>
+    <t>OH2368 Ultra Violet</t>
+  </si>
+  <si>
+    <t>3pc Mini Dress Babydoll, Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Ultra Violet</t>
+  </si>
+  <si>
+    <t>OH2410 Bright Orange</t>
+  </si>
+  <si>
+    <t>Bright Orange</t>
+  </si>
+  <si>
+    <t>OH2465 Evergreen</t>
+  </si>
+  <si>
+    <t>1pc Metal Grommets Strappy Teddy</t>
+  </si>
+  <si>
+    <t>Evergreen</t>
+  </si>
+  <si>
+    <t>OH2461 Baritone Blue</t>
+  </si>
+  <si>
+    <t>2pc Halter bodysuit With Garters and Stockings.</t>
+  </si>
+  <si>
+    <t>Baritone Blue</t>
+  </si>
+  <si>
+    <t>OH2467PQ Cinnamon Red</t>
+  </si>
+  <si>
+    <t>2pc Satin Straps Bra and High Waist Panty</t>
+  </si>
+  <si>
+    <t>Cinnamon Red</t>
+  </si>
+  <si>
+    <t>OH2518 Raspberry Rose</t>
+  </si>
+  <si>
+    <t>4pc Laced Demi Bustier Top, Garter Belt and Stockings</t>
+  </si>
+  <si>
+    <t>Raspberry Rose</t>
+  </si>
+  <si>
+    <t>OH2551 Tango Red</t>
+  </si>
+  <si>
+    <t>4pc Lace Up Bra, Garter Belt, Panty &amp; Garters</t>
+  </si>
+  <si>
+    <t>Tango Red</t>
+  </si>
+  <si>
+    <t>OH2550 Tango Red</t>
+  </si>
+  <si>
+    <t>3pc Slitted Crop Babydoll, Thong &amp; Garters</t>
+  </si>
+  <si>
+    <t>OH2554 Vibrant Jade</t>
+  </si>
+  <si>
+    <t>2pc Sexy Feminine Laced Babydoll &amp; Thong</t>
+  </si>
+  <si>
+    <t>Vibrant Jade</t>
+  </si>
+  <si>
+    <t>OH2559PQ Tango Red</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2pc Dramatic Lace Garter Teddy </t>
+  </si>
+  <si>
+    <t>OH2563PQ Deep Teal</t>
+  </si>
+  <si>
+    <t>3pc Ultra Provocative Sheer Halter Mini Babydoll Dress &amp; Thong</t>
+  </si>
+  <si>
+    <t>Deep teal</t>
+  </si>
+  <si>
+    <t>OH2463 Red Fiery</t>
+  </si>
+  <si>
+    <t>4pc Zipper Top with Garter Mini Skirt, Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Red Fiery</t>
+  </si>
+  <si>
+    <t>OH2451 White Dove</t>
+  </si>
+  <si>
+    <t>1pc Sheer Teddy w/ Embroidery</t>
+  </si>
+  <si>
+    <t>White Dove</t>
+  </si>
+  <si>
+    <t>OH2502 Sunkist Coral</t>
+  </si>
+  <si>
+    <t>2pc Open Crotch Halter Lace Cutout Teddy &amp; Garters</t>
+  </si>
+  <si>
+    <t>Sunkist Coral</t>
+  </si>
+  <si>
+    <t>OH2358 Berry Sorbet</t>
+  </si>
+  <si>
+    <t>OH2558PQ Peacock Teal</t>
+  </si>
+  <si>
+    <t>3pc Strappy Hiphugger Garter Panty, Wired Bra &amp; Garters</t>
+  </si>
+  <si>
+    <t>Peacock Teal</t>
+  </si>
+  <si>
+    <t>OH2356 Fairy Tale Pink</t>
+  </si>
+  <si>
+    <t>3pc Bustier , High Waist Cheekini &amp; Lace Garters</t>
+  </si>
+  <si>
+    <t>Fairy Tale Pink</t>
+  </si>
+  <si>
+    <t>OH2330 Green Quartz</t>
+  </si>
+  <si>
+    <t>3pc Lovers Corset, Tattoo Lace, Wired Cups, Key Holes &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2330 French Blue</t>
+  </si>
+  <si>
+    <t>French Blue</t>
+  </si>
+  <si>
+    <t>B2227 Pink Champagne</t>
+  </si>
+  <si>
+    <t>3pc Lace up Garter Corset With Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Champagne Pink</t>
+  </si>
+  <si>
+    <t>OH2304 Sexy Magenta</t>
+  </si>
+  <si>
+    <t>Sexy Magenta</t>
+  </si>
+  <si>
+    <t>D1959 Red Sensation</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3pc Slip-In Garter Corset Top &amp; Thong</t>
+  </si>
+  <si>
+    <t>Red Sensation</t>
+  </si>
+  <si>
+    <t>OH2309 Roxy Plum</t>
+  </si>
+  <si>
+    <t>3pc Stunning Bustier Corset With Open Rear Panty &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Roxy Plum</t>
+  </si>
+  <si>
+    <t>OH2408 Pink Rosé</t>
+  </si>
+  <si>
+    <t>3pc Studded Bustier Top &amp; Hiphugger Set &amp; Garters</t>
+  </si>
+  <si>
+    <t>Pink Rosé</t>
+  </si>
+  <si>
+    <t>OH2408 Neon Teal</t>
+  </si>
+  <si>
+    <t>Neon Teal</t>
+  </si>
+  <si>
+    <t>OH2419 Purple Diva</t>
+  </si>
+  <si>
+    <t>3pc Peek-a-Boo Lace Corset &amp; stockings</t>
+  </si>
+  <si>
+    <t>Purple Diva</t>
+  </si>
+  <si>
+    <t>OH2530 Black</t>
+  </si>
+  <si>
+    <t>4pc Open Cup Laced Corset Chained Choker &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2525 Princess Blue</t>
+  </si>
+  <si>
+    <t>3pc Lace Garter Bustier Corset, Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Princess Blue</t>
+  </si>
+  <si>
+    <t>OH2453 Mellow Mocha</t>
+  </si>
+  <si>
+    <t>3pc Garter Top bra with Ruffled Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Mellow Mocha</t>
+  </si>
+  <si>
+    <t>OH2453 Strawberry Lipstick</t>
+  </si>
+  <si>
+    <t>Strawberry Lipstick</t>
+  </si>
+  <si>
+    <t>OH2510 Chalky Noir</t>
+  </si>
+  <si>
+    <t>3pc Strappy Open Front Slip Corset, Panty Thong and Stockings</t>
+  </si>
+  <si>
+    <t>Chalky Noir</t>
+  </si>
+  <si>
+    <t>OH2510 Lilac Hint</t>
+  </si>
+  <si>
+    <t>Lilac Hint</t>
+  </si>
+  <si>
+    <t>OH2306 Blue Ecstasy</t>
+  </si>
+  <si>
+    <t>3pc Fabulous Open Front Cutout Dress with Lace Up Sides &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Blue Ecstasy</t>
+  </si>
+  <si>
+    <t>OH2454 Raspberry</t>
+  </si>
+  <si>
+    <t>3pc Tie Front Babydoll, Garter Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Raspberry</t>
+  </si>
+  <si>
     <t>OH2454 Cool Babe</t>
   </si>
   <si>
-    <t>3pc Tie Front Babydoll, Garter Thong &amp; Stockings</t>
-[...4 lines deleted...]
-  <si>
     <t>Cool Babe</t>
   </si>
   <si>
+    <t>OH2515 White</t>
+  </si>
+  <si>
+    <t>3pc Sultry Cami Babydoll, Panty Thong and Stockings</t>
+  </si>
+  <si>
+    <t>OH2517 White</t>
+  </si>
+  <si>
+    <t>3pc Halter Laced Mini Dress, Open back, Thong and garters.</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>OH2517 Italian Plum</t>
+  </si>
+  <si>
+    <t>OH2402 Raspberry Rose</t>
+  </si>
+  <si>
+    <t>2pc Open Crotch Laced Teddy With Criss Cross Back &amp; Garters</t>
+  </si>
+  <si>
+    <t>OH2455 Crystal Sea</t>
+  </si>
+  <si>
+    <t>3pc Garter Corset Top, Open Crotch Panty &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Crystal Sea</t>
+  </si>
+  <si>
+    <t>OH2556 Mystic Mauve</t>
+  </si>
+  <si>
+    <t>1pc Ultra-Sexy Open Back Lace Teddy</t>
+  </si>
+  <si>
+    <t>Mystic Mauve</t>
+  </si>
+  <si>
+    <t>D1872 Daisy Blue</t>
+  </si>
+  <si>
+    <t>3pc Sexy Lace Robe, Cutout Bra and Panty Set.</t>
+  </si>
+  <si>
+    <t>OH2468 Cinnamon Red</t>
+  </si>
+  <si>
+    <t>OH2468 Royal Purple</t>
+  </si>
+  <si>
+    <t>Royal Purple</t>
+  </si>
+  <si>
+    <t>OH2518 French Mint</t>
+  </si>
+  <si>
+    <t>4pc Laced Demi Strappy Bustier, Garter Belt,Thong and Stockings</t>
+  </si>
+  <si>
+    <t>French Mint</t>
+  </si>
+  <si>
+    <t>OH2381 Midnight Sky</t>
+  </si>
+  <si>
+    <t>2pc Lace Up Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Midnight Sky</t>
+  </si>
+  <si>
+    <t>B1303 Black/Red</t>
+  </si>
+  <si>
+    <t>1Pc Essence Of Glamour Teddy</t>
+  </si>
+  <si>
+    <t>Black/Red</t>
+  </si>
+  <si>
+    <t>OH2458 Purple Luxe</t>
+  </si>
+  <si>
+    <t>1pc Strappy Halter Teddy</t>
+  </si>
+  <si>
+    <t>OH2557 Berry Extravaganza</t>
+  </si>
+  <si>
+    <t>2pc Dramatic Lace Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Berry Extravaganza</t>
+  </si>
+  <si>
+    <t>OH2561 Bubblegum</t>
+  </si>
+  <si>
+    <t>4pc Laced Floating Garter Corset, Open Front Bandeau Bra, Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Bubblegum</t>
+  </si>
+  <si>
+    <t>OH2561 Burgundy</t>
+  </si>
+  <si>
+    <t>Burgundy</t>
+  </si>
+  <si>
+    <t>OH2554 Poppi Red</t>
+  </si>
+  <si>
+    <t>Poppi Red</t>
+  </si>
+  <si>
+    <t>OH2550 Blaze Orange</t>
+  </si>
+  <si>
+    <t>Blaze Orange</t>
+  </si>
+  <si>
+    <t>OH2550 Leopard Print</t>
+  </si>
+  <si>
+    <t>Leopard Print</t>
+  </si>
+  <si>
+    <t>Oh2562 Burgundy</t>
+  </si>
+  <si>
+    <t>3pc Ultra Provocative Sheer Halter Mini Babydoll Dress, Thong &amp; Garters</t>
+  </si>
+  <si>
+    <t>OH2562 Black</t>
+  </si>
+  <si>
+    <t>OH2562 Deep Teal</t>
+  </si>
+  <si>
+    <t>OH2560 Sparkling Grape</t>
+  </si>
+  <si>
+    <t>3pc Robe Set With Bra and Open Crotch Panty</t>
+  </si>
+  <si>
+    <t>Sparkling Grape</t>
+  </si>
+  <si>
+    <t>OH2560 Sun Dried Tomato</t>
+  </si>
+  <si>
+    <t>Sun Dried Tomato</t>
+  </si>
+  <si>
+    <t>OH2556 Black</t>
+  </si>
+  <si>
+    <t>OH2556 Silver Pink</t>
+  </si>
+  <si>
+    <t>Silver Pink</t>
+  </si>
+  <si>
+    <t>OH2552 Watermelon Splash</t>
+  </si>
+  <si>
+    <t>2pc Laced Open Front Bustier &amp; Boyshort Panty</t>
+  </si>
+  <si>
+    <t>Watermelon Splash</t>
+  </si>
+  <si>
+    <t>OH2552 Greek Blue</t>
+  </si>
+  <si>
+    <t>Greek Blue</t>
+  </si>
+  <si>
+    <t>OH2551 Shimmer Blue</t>
+  </si>
+  <si>
+    <t>Shimmer Blue</t>
+  </si>
+  <si>
+    <t>OH2551 Blackberry</t>
+  </si>
+  <si>
+    <t>Blackberry</t>
+  </si>
+  <si>
+    <t>OH2458 Red Brûlée</t>
+  </si>
+  <si>
+    <t>Red Brûlée</t>
+  </si>
+  <si>
+    <t>OH2553 French Pink</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1pc Sheer Laced Strappy Cutout Teddy </t>
+  </si>
+  <si>
+    <t>French Pink</t>
+  </si>
+  <si>
+    <t>OH2555 Wild Berry</t>
+  </si>
+  <si>
+    <t>1pc Sexy Sheer Tattoo Lace Strappy Teddy</t>
+  </si>
+  <si>
+    <t>Wild Berry</t>
+  </si>
+  <si>
+    <t>OH2555 Whisper White</t>
+  </si>
+  <si>
+    <t>OH2553 Leopard Print</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1pc Leopard Print Strappy Cutout Teddy </t>
+  </si>
+  <si>
+    <t>OH2557 Wine Kiss</t>
+  </si>
+  <si>
+    <t>Wine Kiss</t>
+  </si>
+  <si>
+    <t>OH2465 Black</t>
+  </si>
+  <si>
+    <t>OH2461 Turquoise</t>
+  </si>
+  <si>
+    <t>Turquoise</t>
+  </si>
+  <si>
+    <t>OH2459 Velvet Red</t>
+  </si>
+  <si>
+    <t>1pc Open Crotch Halter Laced Teddy</t>
+  </si>
+  <si>
+    <t>Velvet Red</t>
+  </si>
+  <si>
+    <t>OH2467PQ Royal Purple</t>
+  </si>
+  <si>
+    <t>OH2469PQ Persian Blue</t>
+  </si>
+  <si>
+    <t>2pc Flyaway Slitted Long Dress Teddy with Snap Crotch &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>Persian Blue</t>
+  </si>
+  <si>
+    <t>OH2475PQ Purple Luxe</t>
+  </si>
+  <si>
+    <t>OH2476PQ Evergreen</t>
+  </si>
+  <si>
+    <t>2pc Flyaway Slitted Babydoll Teddy with Snap Crotch &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>OH2501 Black</t>
+  </si>
+  <si>
+    <t>4pc Open Cups &amp; Crotch Set With Sarong &amp; Chained Neck Choker.</t>
+  </si>
+  <si>
+    <t>OH2527PQ Purple Haze</t>
+  </si>
+  <si>
+    <t>2pc Halter Lace Cutout Teddy &amp; Garters</t>
+  </si>
+  <si>
+    <t>Purple Haze</t>
+  </si>
+  <si>
+    <t>OH2314 Sky Blue</t>
+  </si>
+  <si>
+    <t>2pc Open Cups Wired Top &amp; Cheeky Flirty Panty</t>
+  </si>
+  <si>
+    <t>OH2324PQ Summer Gold</t>
+  </si>
+  <si>
+    <t>2pc Open Front O-Ring Garter Teddy &amp; Garters</t>
+  </si>
+  <si>
+    <t>Summer Gold</t>
+  </si>
+  <si>
+    <t>OH2324PQ Calypso Coral</t>
+  </si>
+  <si>
+    <t>Calypso Coral</t>
+  </si>
+  <si>
+    <t>D2232PQ Midnight Navy</t>
+  </si>
+  <si>
+    <t>2pc Empire Waist Laced Sheer Long Dress &amp; Panty</t>
+  </si>
+  <si>
+    <t>Midnight Navy</t>
+  </si>
+  <si>
+    <t>B2113 Mauve Merlot</t>
+  </si>
+  <si>
+    <t>2pc Mixed Corset Strappy Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>D2232PQ Mulled Wine</t>
+  </si>
+  <si>
+    <t>Mulled Wine</t>
+  </si>
+  <si>
+    <t>OH2368 Deep Rosé</t>
+  </si>
+  <si>
+    <t>Deep Rosé</t>
+  </si>
+  <si>
+    <t>OH2462 Italian Plum</t>
+  </si>
+  <si>
+    <t>4pc Bra, High Waist Panty, Garter Belt &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Italian Plum</t>
+  </si>
+  <si>
+    <t>OH2508 Purple Vibe</t>
+  </si>
+  <si>
+    <t>4pc Lace Cheeky Garter Mini Skirt, Bustier, Garters &amp; Thong.</t>
+  </si>
+  <si>
+    <t>Purple Vibe</t>
+  </si>
+  <si>
+    <t>OH2529PQ Italian Plum</t>
+  </si>
+  <si>
+    <t>3pc Halter Laced Mini Dress, Open back, Thong and Garters</t>
+  </si>
+  <si>
+    <t>OH2564 Sun Dried Tomato</t>
+  </si>
+  <si>
+    <t>3pc Strappy Hiphugger Garter Panty, Wired Bra &amp; Stockings</t>
+  </si>
+  <si>
+    <t>L2204 Love Me Pink</t>
+  </si>
+  <si>
+    <t>3pc High Waist Studded Cut Out HipHugger Garter Panty &amp; Top Bra</t>
+  </si>
+  <si>
+    <t>Love Me Pink</t>
+  </si>
+  <si>
     <t>L1818 Sweet Pink</t>
   </si>
   <si>
     <t>3pc Plunge Bustier &amp; Garter Mini Skirt</t>
   </si>
   <si>
-    <t>Sweet Pink</t>
+    <t>OH2520 Candy Pink</t>
+  </si>
+  <si>
+    <t>3pc Cropped Corset, Open Crotch Panty &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>Candy Pink</t>
+  </si>
+  <si>
+    <t>OH2456 Maid</t>
+  </si>
+  <si>
+    <t>5pc Laced Garter Corset With Cutouts Thong, Headband, Laced Chocker &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Maid</t>
+  </si>
+  <si>
+    <t>OH2413 Oxford Blue</t>
+  </si>
+  <si>
+    <t>2pc Open cups and crotch Strappy Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Oxford Blue</t>
+  </si>
+  <si>
+    <t>OH2352 Baby Pink</t>
+  </si>
+  <si>
+    <t>1pc Wonder Teddy With Curve Framing Straps</t>
+  </si>
+  <si>
+    <t>Baby Pink</t>
+  </si>
+  <si>
+    <t>OH2352 Parisian Blue</t>
+  </si>
+  <si>
+    <t>Parisian Blue</t>
+  </si>
+  <si>
+    <t>OH2327 Ultra Violet</t>
+  </si>
+  <si>
+    <t>4pc Wired Cups Halter Bra, Garter Belt, Thong and Stockings</t>
+  </si>
+  <si>
+    <t>L1626 Melon Blue</t>
+  </si>
+  <si>
+    <t>2Pc Cut Out Hiphugger Set &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Melon Blue</t>
+  </si>
+  <si>
+    <t>B2227 Blue Babe</t>
+  </si>
+  <si>
+    <t>Blue Babe</t>
+  </si>
+  <si>
+    <t>OH2383 Eclipse</t>
+  </si>
+  <si>
+    <t>3pc Bra, Thong &amp; Garters Set with Open Front Heart Clasp</t>
+  </si>
+  <si>
+    <t>Eclipse</t>
+  </si>
+  <si>
+    <t>OH2520 Black</t>
+  </si>
+  <si>
+    <t>OH2564 Sunset Sorbet</t>
+  </si>
+  <si>
+    <t>Sunset Sorbet</t>
+  </si>
+  <si>
+    <t>D1951 Blue Angel</t>
+  </si>
+  <si>
+    <t>1pc Zipper Crotch Teddy Babydoll</t>
+  </si>
+  <si>
+    <t>Blue Angel</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BL2177 </t>
+  </si>
+  <si>
+    <t>2pc Laced Corset Teddy  with Zipper Front &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Blackout</t>
+  </si>
+  <si>
+    <t>L2212 Black Twinkle Coral</t>
+  </si>
+  <si>
+    <t>3pc Lacy Garter Belt Panty, Bra &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Black Twinkle Coral</t>
+  </si>
+  <si>
+    <t>D2201 Black Flash Pink</t>
+  </si>
+  <si>
+    <t>Black Flash Pink</t>
+  </si>
+  <si>
+    <t>B2210 Hollywood Pink Dot</t>
+  </si>
+  <si>
+    <t>3pc Pin-up Satin Halter Cami Top, Garter Panty &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Hollywood Pink Dot</t>
+  </si>
+  <si>
+    <t>L2211 Bubblegum Pink</t>
+  </si>
+  <si>
+    <t>3pc Dreamy laced skirt &amp; Open front bra set</t>
+  </si>
+  <si>
+    <t>Bubblegum Pink</t>
+  </si>
+  <si>
+    <t>L2211 White Bubblegum Pink</t>
+  </si>
+  <si>
+    <t>White Bubblegum Pink</t>
+  </si>
+  <si>
+    <t>L2225 Lilac Breeze</t>
+  </si>
+  <si>
+    <t>3pc Laced Babydoll Garter Dress &amp; Stocking</t>
+  </si>
+  <si>
+    <t>Lilac Breeze</t>
+  </si>
+  <si>
+    <t>BL2260 White</t>
+  </si>
+  <si>
+    <t>4pc Laced Garter Skirt With Lace Up Bra &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2332 Black</t>
+  </si>
+  <si>
+    <t>2pc Open Cups Web Cage Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2354 Black</t>
+  </si>
+  <si>
+    <t>2pc Open Front Cage Strappy Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>BL2383 Black</t>
+  </si>
+  <si>
+    <t>4pc Lace up Bra, Garter Belt, Thong Set</t>
+  </si>
+  <si>
+    <t>BL2383 Red</t>
+  </si>
+  <si>
+    <t>OH2558PQ Black</t>
+  </si>
+  <si>
+    <t>BL2252 Red</t>
+  </si>
+  <si>
+    <t>3pc Sheer Lace Garter Dress with Strappy Details &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Oh2455 Red Brûlée</t>
+  </si>
+  <si>
+    <t>B2150 Strawberry Daiquiri</t>
+  </si>
+  <si>
+    <t>2pc Wired Cups CutOut Garter Teddy With Lace Up Neckline &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Strawberry Daiquiri</t>
+  </si>
+  <si>
+    <t>OH2502 Purple Haze</t>
   </si>
   <si>
     <t>P1318 Black</t>
   </si>
   <si>
+    <t>1pc Basic Instict Panty Stocking</t>
+  </si>
+  <si>
+    <t>OH2459 Velvet Lavender</t>
+  </si>
+  <si>
+    <t>Velvet Lavender</t>
+  </si>
+  <si>
+    <t>L2213 Electric Pink</t>
+  </si>
+  <si>
+    <t>2pc Open Front Bra and Open Side Panty Thong</t>
+  </si>
+  <si>
+    <t>Electric Pink</t>
+  </si>
+  <si>
+    <t>OH2406 Northern Droplet</t>
+  </si>
+  <si>
+    <t>2pc Studded Flapper Sheer &amp; Lace Mini Dress w/ Thong.</t>
+  </si>
+  <si>
+    <t>Northern Droplet</t>
+  </si>
+  <si>
+    <t>OH2405 Rose Angel</t>
+  </si>
+  <si>
+    <t>3pc Criss Cross Sheer Mini Dress w/  Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Rose Angel</t>
+  </si>
+  <si>
+    <t>OH2353 Red</t>
+  </si>
+  <si>
+    <t>1pc Erotic Teddy With Open Cups &amp; Open Rear View</t>
+  </si>
+  <si>
+    <t>OH2331 Neon Pink</t>
+  </si>
+  <si>
+    <t>3pc Froufrou Lingerie Garter Set With Open Front Bra &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Neon Pink</t>
+  </si>
+  <si>
+    <t>BL2174 Red Burnt</t>
+  </si>
+  <si>
+    <t>3pc Open Front Criss Cross Garter Dress &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Red Burnt</t>
+  </si>
+  <si>
+    <t>D2206 Baby Pink</t>
+  </si>
+  <si>
+    <t>2pc Empire Waist Laced Sheer Dress &amp; Panty</t>
+  </si>
+  <si>
+    <t>OH2452 Amethyst Crystal</t>
+  </si>
+  <si>
+    <t>Amethyst Crystal</t>
+  </si>
+  <si>
+    <t>OH2520 Blue Curação</t>
+  </si>
+  <si>
+    <t>3pc Cropped Corset With Zipper Back, Open Crotch Panty &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>Blue Curacao</t>
+  </si>
+  <si>
+    <t>OH2312 Roxy Plum</t>
+  </si>
+  <si>
+    <t>3pc Bralette , Cheekini &amp; Stockings Set</t>
+  </si>
+  <si>
+    <t>B2210 Leopard Pastel Pink</t>
+  </si>
+  <si>
+    <t>Leopard Pastel Pink</t>
+  </si>
+  <si>
+    <t>OH2521 Yellow Crystal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3pc Sultry Demi Bra &amp; High Waist Cheeky Panty </t>
+  </si>
+  <si>
+    <t>Yellow Crystal</t>
+  </si>
+  <si>
+    <t>OH2383 Neon Orange</t>
+  </si>
+  <si>
+    <t>OH2310 Neon Orange</t>
+  </si>
+  <si>
+    <t>2pc Ultra Sultry Lace Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2301 Roxy Plum</t>
+  </si>
+  <si>
+    <t>4pc Jacquard Lace Garter Skirt , Wired Cups Bra Top &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2516 Blue Flower</t>
+  </si>
+  <si>
+    <t>2pc French Cut Cage Panty &amp; Matching Wired Cups Bralette</t>
+  </si>
+  <si>
+    <t>Blue Flower</t>
+  </si>
+  <si>
+    <t>BL2359 Black</t>
+  </si>
+  <si>
+    <t>4pc Bra, Garter Belt, Thong &amp; Stockings Lingerie Set</t>
+  </si>
+  <si>
+    <t>D2206 Black Hot Pink</t>
+  </si>
+  <si>
+    <t>Black Hot Pink</t>
+  </si>
+  <si>
+    <t>OH2370PQ Ultra Violet</t>
+  </si>
+  <si>
+    <t>3pc Mini Dress Babydoll, Thong &amp; Lace garters</t>
+  </si>
+  <si>
+    <t>marc</t>
+  </si>
+  <si>
+    <t>marc kristel</t>
+  </si>
+  <si>
+    <t>OH2380 Cocoa Spice</t>
+  </si>
+  <si>
+    <t>4pc Halter Bra, Garter Belt, Thong &amp; Stockings Set</t>
+  </si>
+  <si>
+    <t>Cocoa Spice</t>
+  </si>
+  <si>
+    <t>OH2334 Black</t>
+  </si>
+  <si>
+    <t>4pc Boyfriend Fav Flyaway Halter Lace Babydoll with Garter Belt &amp; Stockings.</t>
+  </si>
+  <si>
+    <t>OH2301 Pink Amore</t>
+  </si>
+  <si>
+    <t>Pink Amore</t>
+  </si>
+  <si>
+    <t>P1318 Red</t>
+  </si>
+  <si>
     <t>Basic Instict Panty Stocking</t>
   </si>
   <si>
-    <t>Black</t>
-[...44 lines deleted...]
-    <t>Strawberry Lipstick</t>
+    <t>L2209 Leopard Baby Pink</t>
+  </si>
+  <si>
+    <t>2pc Silky Chekkini Panty &amp; Bra Top</t>
+  </si>
+  <si>
+    <t>Leopard Baby Pink</t>
+  </si>
+  <si>
+    <t>B1623 Neon Pink</t>
+  </si>
+  <si>
+    <t>2pc Daringly Strappy Teddy &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>L2209 Pink Polka Dot</t>
+  </si>
+  <si>
+    <t>Pink Polka Dot</t>
+  </si>
+  <si>
+    <t>OH2414 Roxy Plum</t>
+  </si>
+  <si>
+    <t>2pc Diamanté Open Cups &amp; Crotch Teddy</t>
+  </si>
+  <si>
+    <t>OH2355 Red</t>
+  </si>
+  <si>
+    <t>3pc Open Cups Garter Dress with Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>L2125 Illuminating</t>
+  </si>
+  <si>
+    <t>3pc High Waist Garter Laced Panty &amp; Halter Top Set With Stockings</t>
+  </si>
+  <si>
+    <t>Illuminating</t>
+  </si>
+  <si>
+    <t>OH2310 Chocolate Liquor</t>
+  </si>
+  <si>
+    <t>Chocolate Liquor</t>
   </si>
   <si>
     <t>OH2405 White</t>
   </si>
   <si>
-    <t>3pc Criss Cross Sheer Mini Dress w/  Thong &amp; Stockings</t>
-[...92 lines deleted...]
-    <t>Red Burnt</t>
+    <t>OH2369PQ Persian Jewel</t>
+  </si>
+  <si>
+    <t>3pc Flyaway  Bustier Babydoll, Zipper Panty &amp; Lace Garters</t>
+  </si>
+  <si>
+    <t>Persian Jewel</t>
+  </si>
+  <si>
+    <t>OH2370PQ Deep Rosé</t>
+  </si>
+  <si>
+    <t>OH2374 Gray Lilac</t>
+  </si>
+  <si>
+    <t>3pc Front Zipper Bralette, Cheekini &amp; Stockings Set</t>
+  </si>
+  <si>
+    <t>Gray Lilac</t>
+  </si>
+  <si>
+    <t>D2229 Roxy Plum</t>
+  </si>
+  <si>
+    <t>2pc Sexy Trendy Lace Cami &amp; Thong</t>
   </si>
   <si>
     <t>CAT 2025/26</t>
   </si>
   <si>
-    <t>marc</t>
-[...275 lines deleted...]
-    <t>2pc Flyaway Slitted Babydoll Teddy with Snap Crotch &amp; Laced Garters</t>
+    <t>BL2174</t>
+  </si>
+  <si>
+    <t>L1966 Neon Lipstick</t>
+  </si>
+  <si>
+    <t>2pc Balcony Empire Laced Top &amp; Strappy Bikini Panty</t>
+  </si>
+  <si>
+    <t>Neon Lipstick</t>
+  </si>
+  <si>
+    <t>L1911 Dreamy Grape</t>
+  </si>
+  <si>
+    <t>3pc Cami &amp; Garter Panty Set with Stockings</t>
+  </si>
+  <si>
+    <t>Dreamy Grape</t>
+  </si>
+  <si>
+    <t>OH2345 White Tux</t>
+  </si>
+  <si>
+    <t>2pc High Waist Lace Jeweled Panty &amp; Bra Lingerie Set</t>
+  </si>
+  <si>
+    <t>White Tux</t>
+  </si>
+  <si>
+    <t>OH2521 Dutch Truffle</t>
+  </si>
+  <si>
+    <t>OH2516 Pink Pearl</t>
+  </si>
+  <si>
+    <t>Pink Pearl</t>
+  </si>
+  <si>
+    <t>BL2387 Black</t>
+  </si>
+  <si>
+    <t>3pc Boyshort, Underwire Bra &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2317 Mauve Merlot</t>
+  </si>
+  <si>
+    <t>3pc Lace Garter Dress Babydoll with Front Cutouts &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2374 Sunny Bright</t>
+  </si>
+  <si>
+    <t>Sunny Bright</t>
+  </si>
+  <si>
+    <t>OH2423PQ Blue Gem</t>
+  </si>
+  <si>
+    <t>2pc Sheer Lace Teddy With Snap Crotch &amp; Garters</t>
+  </si>
+  <si>
+    <t>Blue Gem</t>
+  </si>
+  <si>
+    <t>OH2425PQ Blue Babe</t>
+  </si>
+  <si>
+    <t>OH2384 Daring Tangy</t>
+  </si>
+  <si>
+    <t>3pc Lace Up Bra, High Waist Panty &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Daring Tangy</t>
+  </si>
+  <si>
+    <t>OH2413 Gray Lilac</t>
+  </si>
+  <si>
+    <t>OH2312 Platinum</t>
+  </si>
+  <si>
+    <t>Platinum</t>
+  </si>
+  <si>
+    <t>OH2412 Blue Kiss</t>
+  </si>
+  <si>
+    <t>3pc Peek-A-Boo Bustier W/ Open Crotch Panty Set &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Blue Kiss</t>
+  </si>
+  <si>
+    <t>OH2414 Platinum</t>
   </si>
   <si>
     <t>OH2314 Yellow Delight</t>
   </si>
   <si>
-    <t>2pc Open Cups Wired Top &amp; Cheeky Flirty Panty</t>
-[...1 lines deleted...]
-  <si>
     <t>Yellow Delight</t>
   </si>
   <si>
-    <t>OH2314 Sky Blue</t>
-[...638 lines deleted...]
-    <t>OH2425PQ Blue Babe</t>
+    <t>OH2303 Teal Quartz</t>
+  </si>
+  <si>
+    <t>2pc Sumptuous Cutout &amp; Strappy Garter Teddy With Stockings</t>
+  </si>
+  <si>
+    <t>Teal Quartz</t>
   </si>
   <si>
     <t>OH2528PQ Blue Curação</t>
   </si>
   <si>
     <t>3pc Sultry Cami Babydoll, Panty Thong and Garters</t>
   </si>
   <si>
-    <t>OH2414 Platinum</t>
-[...193 lines deleted...]
-  <si>
     <t>OH2526PQ Pink Ecstasy</t>
   </si>
   <si>
-    <t>OH2322PQ Sky Blue</t>
-[...14 lines deleted...]
-    <t xml:space="preserve">1pc Floral Sheer Lace Plunge Teddy </t>
+    <t>OH2466 Pink Champagne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2pc Strappy Laced Garter teddy &amp; stockings </t>
+  </si>
+  <si>
+    <t>Pink Champagne</t>
+  </si>
+  <si>
+    <t>OH2426PQ Crystal Sea</t>
+  </si>
+  <si>
+    <t>2pc Slip-In Sheer Teddy W/ Snap Crotch &amp; Garters</t>
+  </si>
+  <si>
+    <t>OH2513 Seafoam White</t>
+  </si>
+  <si>
+    <t>2pc Open Crotch Laced Teddy With Waist Garter &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Seafoam White</t>
   </si>
   <si>
     <t>BL2179</t>
   </si>
   <si>
     <t>2pc Open Cup Caged Teddy with Front Opening &amp; Stockings</t>
   </si>
   <si>
-    <t>OH2374 Gray Lilac</t>
-[...118 lines deleted...]
-  <si>
     <t>OH2426PQ - Gray Lilac</t>
   </si>
   <si>
-    <t>2pc Slip-In Sheer Teddy W/ Snap Crotch &amp; Garters</t>
-[...16 lines deleted...]
-  <si>
     <t>OH2345 Pink Crush</t>
   </si>
   <si>
     <t>Pink Crush</t>
-  </si>
-[...37 lines deleted...]
-    <t>Blue Gem</t>
   </si>
   <si>
     <t>OH2320PQ Rose Carnation</t>
   </si>
   <si>
     <t>3pc Lace Garter Dress With keyholes, Open back Panty &amp; Laced Garters</t>
   </si>
   <si>
     <t>Rose Carnation</t>
   </si>
   <si>
     <t>2025 Catalog</t>
   </si>
   <si>
     <t>TMP</t>
   </si>
   <si>
     <t>FEDEX EXPRESS</t>
   </si>
   <si>
     <t>FEDEX GROUND</t>
   </si>
   <si>
     <t>2023 Catalogs - New OH &amp; Blackout</t>
   </si>
@@ -1949,5221 +1862,4882 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G234"/>
+  <dimension ref="A1:G219"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2">
-        <v>0</v>
+        <v>240</v>
       </c>
       <c r="D2">
-        <v>7.5</v>
+        <v>6.6</v>
       </c>
       <c r="E2">
         <v>15.95</v>
       </c>
       <c r="F2" t="s">
         <v>9</v>
       </c>
       <c r="G2" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
         <v>11</v>
       </c>
       <c r="B3" t="s">
         <v>12</v>
       </c>
       <c r="C3">
-        <v>168</v>
+        <v>212</v>
       </c>
       <c r="D3">
-        <v>5</v>
+        <v>7.1</v>
       </c>
       <c r="E3">
-        <v>15.95</v>
+        <v>7.95</v>
       </c>
       <c r="F3" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G3" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="B4" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C4">
-        <v>143</v>
+        <v>168</v>
       </c>
       <c r="D4">
-        <v>4.4</v>
+        <v>6.8</v>
       </c>
       <c r="E4">
         <v>9.95</v>
       </c>
       <c r="F4" t="s">
         <v>9</v>
       </c>
       <c r="G4" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="B5" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="C5">
-        <v>877</v>
+        <v>135</v>
       </c>
       <c r="D5">
-        <v>6.7</v>
+        <v>8.2</v>
       </c>
       <c r="E5">
-        <v>15.95</v>
+        <v>16.5</v>
       </c>
       <c r="F5" t="s">
         <v>9</v>
       </c>
       <c r="G5" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B6" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C6">
-        <v>48</v>
+        <v>293</v>
       </c>
       <c r="D6">
-        <v>3.9</v>
+        <v>5.2</v>
       </c>
       <c r="E6">
-        <v>14.95</v>
+        <v>5.95</v>
       </c>
       <c r="F6" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G6" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B7" t="s">
-        <v>24</v>
+        <v>22</v>
       </c>
       <c r="C7">
-        <v>225</v>
+        <v>109</v>
       </c>
       <c r="D7">
-        <v>4.1</v>
+        <v>5</v>
       </c>
       <c r="E7">
-        <v>14.95</v>
+        <v>5.95</v>
       </c>
       <c r="F7" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G7" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
         <v>26</v>
       </c>
       <c r="B8" t="s">
         <v>27</v>
       </c>
       <c r="C8">
-        <v>309</v>
+        <v>188</v>
       </c>
       <c r="D8">
-        <v>6.8</v>
+        <v>7</v>
       </c>
       <c r="E8">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F8" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G8" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
         <v>29</v>
       </c>
       <c r="B9" t="s">
         <v>30</v>
       </c>
       <c r="C9">
-        <v>148</v>
+        <v>274</v>
       </c>
       <c r="D9">
-        <v>5.7</v>
+        <v>7.9</v>
       </c>
       <c r="E9">
         <v>14.95</v>
       </c>
       <c r="F9" t="s">
         <v>9</v>
       </c>
       <c r="G9" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
         <v>32</v>
       </c>
       <c r="B10" t="s">
         <v>33</v>
       </c>
       <c r="C10">
-        <v>80</v>
+        <v>46</v>
       </c>
       <c r="D10">
-        <v>6</v>
+        <v>6.3</v>
       </c>
       <c r="E10">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F10" t="s">
         <v>9</v>
       </c>
       <c r="G10" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
         <v>35</v>
       </c>
       <c r="B11" t="s">
         <v>36</v>
       </c>
       <c r="C11">
-        <v>87</v>
+        <v>0</v>
       </c>
       <c r="D11">
         <v>6</v>
       </c>
       <c r="E11">
         <v>14.95</v>
       </c>
       <c r="F11" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G11" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
         <v>38</v>
       </c>
       <c r="B12" t="s">
         <v>39</v>
       </c>
       <c r="C12">
-        <v>109</v>
+        <v>80</v>
       </c>
       <c r="D12">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E12">
-        <v>16.95</v>
+        <v>14.95</v>
       </c>
       <c r="F12" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G12" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
         <v>41</v>
       </c>
       <c r="B13" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C13">
-        <v>139</v>
+        <v>137</v>
       </c>
       <c r="D13">
-        <v>6.9</v>
+        <v>6</v>
       </c>
       <c r="E13">
         <v>16.95</v>
       </c>
       <c r="F13" t="s">
         <v>9</v>
       </c>
       <c r="G13" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="B14" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C14">
-        <v>41</v>
+        <v>289</v>
       </c>
       <c r="D14">
-        <v>6.6</v>
+        <v>7.2</v>
       </c>
       <c r="E14">
-        <v>16.95</v>
+        <v>15.95</v>
       </c>
       <c r="F14" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G14" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B15" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C15">
-        <v>142</v>
+        <v>89</v>
       </c>
       <c r="D15">
-        <v>5.1</v>
+        <v>5.4</v>
       </c>
       <c r="E15">
         <v>9.95</v>
       </c>
       <c r="F15" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="G15" t="s">
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="B16" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C16">
-        <v>67</v>
+        <v>574</v>
       </c>
       <c r="D16">
-        <v>8.6</v>
+        <v>5.1</v>
       </c>
       <c r="E16">
         <v>9.95</v>
       </c>
       <c r="F16" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G16" t="s">
-        <v>16</v>
+        <v>52</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>50</v>
+        <v>53</v>
       </c>
       <c r="B17" t="s">
-        <v>51</v>
+        <v>54</v>
       </c>
       <c r="C17">
-        <v>33</v>
+        <v>121</v>
       </c>
       <c r="D17">
-        <v>6</v>
+        <v>5.1</v>
       </c>
       <c r="E17">
         <v>9.95</v>
       </c>
       <c r="F17" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>52</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="B18" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C18">
-        <v>105</v>
+        <v>135</v>
       </c>
       <c r="D18">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E18">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F18" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G18" t="s">
-        <v>55</v>
+        <v>10</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B19" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C19">
-        <v>250</v>
+        <v>1</v>
       </c>
       <c r="D19">
         <v>5.9</v>
       </c>
       <c r="E19">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F19" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G19" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
         <v>59</v>
       </c>
       <c r="B20" t="s">
         <v>60</v>
       </c>
       <c r="C20">
-        <v>111</v>
+        <v>66</v>
       </c>
       <c r="D20">
-        <v>6.2</v>
+        <v>7.9</v>
       </c>
       <c r="E20">
-        <v>16.95</v>
+        <v>9.95</v>
       </c>
       <c r="F20" t="s">
+        <v>13</v>
+      </c>
+      <c r="G20" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
         <v>62</v>
       </c>
       <c r="B21" t="s">
+        <v>39</v>
+      </c>
+      <c r="C21">
+        <v>422</v>
+      </c>
+      <c r="D21">
+        <v>6</v>
+      </c>
+      <c r="E21">
+        <v>14.95</v>
+      </c>
+      <c r="F21" t="s">
+        <v>13</v>
+      </c>
+      <c r="G21" t="s">
         <v>63</v>
-      </c>
-[...13 lines deleted...]
-        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
+        <v>64</v>
+      </c>
+      <c r="B22" t="s">
         <v>65</v>
       </c>
       <c r="C22">
         <v>155</v>
       </c>
+      <c r="D22">
+        <v>3.9</v>
+      </c>
+      <c r="E22">
+        <v>14.95</v>
+      </c>
+      <c r="F22" t="s">
+        <v>13</v>
+      </c>
+      <c r="G22" t="s">
+        <v>66</v>
+      </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="B23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C23">
-        <v>0</v>
+        <v>164</v>
       </c>
       <c r="D23">
-        <v>5</v>
+        <v>5.9</v>
+      </c>
+      <c r="E23">
+        <v>14.95</v>
+      </c>
+      <c r="F23" t="s">
+        <v>13</v>
+      </c>
+      <c r="G23" t="s">
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C24">
-        <v>257</v>
+        <v>71</v>
       </c>
       <c r="D24">
-        <v>5.3</v>
+        <v>5.8</v>
       </c>
       <c r="E24">
         <v>15.95</v>
       </c>
       <c r="F24" t="s">
         <v>9</v>
       </c>
+      <c r="G24" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="B25" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C25">
-        <v>184</v>
+        <v>710</v>
       </c>
       <c r="D25">
-        <v>4.7</v>
+        <v>6.9</v>
       </c>
       <c r="E25">
-        <v>15.5</v>
+        <v>15.95</v>
       </c>
       <c r="F25" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G25" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B26" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="C26">
-        <v>248</v>
+        <v>75</v>
       </c>
       <c r="D26">
-        <v>10.3</v>
+        <v>6</v>
       </c>
       <c r="E26">
         <v>16.95</v>
       </c>
       <c r="F26" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G26" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>80</v>
       </c>
       <c r="C27">
-        <v>255</v>
+        <v>233</v>
       </c>
       <c r="D27">
-        <v>4.1</v>
+        <v>6</v>
       </c>
       <c r="E27">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F27" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G27" t="s">
-        <v>72</v>
+        <v>78</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="B28" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C28">
-        <v>122</v>
+        <v>407</v>
       </c>
       <c r="D28">
-        <v>7.1</v>
+        <v>6</v>
       </c>
       <c r="E28">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F28" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G28" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B29" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C29">
-        <v>215</v>
+        <v>251</v>
       </c>
       <c r="D29">
         <v>6</v>
       </c>
       <c r="E29">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F29" t="s">
         <v>9</v>
       </c>
       <c r="G29" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B30" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="C30">
-        <v>89</v>
+        <v>296</v>
       </c>
       <c r="D30">
-        <v>8.4</v>
+        <v>6</v>
       </c>
       <c r="E30">
-        <v>17.95</v>
+        <v>16.95</v>
       </c>
       <c r="F30" t="s">
         <v>9</v>
       </c>
       <c r="G30" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="B31" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="C31">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="D31">
-        <v>5.1</v>
+        <v>7.1</v>
       </c>
       <c r="E31">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F31" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G31" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
-        <v>89</v>
+        <v>92</v>
       </c>
       <c r="B32" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C32">
-        <v>34</v>
+        <v>16</v>
       </c>
       <c r="D32">
-        <v>5.2</v>
+        <v>4</v>
       </c>
       <c r="E32">
-        <v>11.95</v>
+        <v>14.95</v>
       </c>
       <c r="F32" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G32" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="B33" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="C33">
-        <v>253</v>
+        <v>241</v>
       </c>
       <c r="D33">
-        <v>6.2</v>
+        <v>4.2</v>
       </c>
       <c r="E33">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F33" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G33" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="B34" t="s">
-        <v>96</v>
+        <v>30</v>
       </c>
       <c r="C34">
-        <v>180</v>
+        <v>119</v>
       </c>
       <c r="D34">
-        <v>6.8</v>
+        <v>7.8</v>
       </c>
       <c r="E34">
         <v>9.95</v>
       </c>
       <c r="F34" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G34" t="s">
-        <v>97</v>
+        <v>31</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="B35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="C35">
-        <v>145</v>
+        <v>439</v>
       </c>
       <c r="D35">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E35">
-        <v>9.95</v>
+        <v>16.5</v>
       </c>
       <c r="F35" t="s">
         <v>9</v>
       </c>
       <c r="G35" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="B36" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="C36">
-        <v>109</v>
+        <v>86</v>
       </c>
       <c r="D36">
-        <v>5.4</v>
+        <v>5.1</v>
       </c>
       <c r="E36">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F36" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G36" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="B37" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C37">
-        <v>45</v>
+        <v>289</v>
       </c>
       <c r="D37">
-        <v>3.8</v>
+        <v>6.1</v>
       </c>
       <c r="E37">
-        <v>14.5</v>
+        <v>15.95</v>
       </c>
       <c r="F37" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G37" t="s">
-        <v>91</v>
+        <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B38" t="s">
         <v>106</v>
       </c>
       <c r="C38">
-        <v>105</v>
+        <v>203</v>
       </c>
       <c r="D38">
-        <v>6.9</v>
+        <v>6.2</v>
       </c>
       <c r="E38">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F38" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G38" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="B39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C39">
-        <v>588</v>
+        <v>79</v>
       </c>
       <c r="D39">
-        <v>5.1</v>
+        <v>6.9</v>
       </c>
       <c r="E39">
-        <v>9.95</v>
+        <v>16.95</v>
       </c>
       <c r="F39" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="B40" t="s">
-        <v>112</v>
+        <v>27</v>
       </c>
       <c r="C40">
-        <v>130</v>
+        <v>124</v>
       </c>
       <c r="D40">
-        <v>7.8</v>
+        <v>7.1</v>
       </c>
       <c r="E40">
-        <v>9.95</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>14.95</v>
       </c>
       <c r="G40" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>114</v>
       </c>
       <c r="B41" t="s">
         <v>115</v>
       </c>
       <c r="C41">
-        <v>235</v>
+        <v>40</v>
       </c>
       <c r="D41">
-        <v>5.1</v>
+        <v>4.5</v>
       </c>
       <c r="E41">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F41" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G41" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
         <v>117</v>
       </c>
       <c r="B42" t="s">
         <v>118</v>
       </c>
       <c r="C42">
-        <v>55</v>
+        <v>328</v>
       </c>
       <c r="D42">
         <v>6</v>
       </c>
       <c r="E42">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F42" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G42" t="s">
         <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
         <v>120</v>
       </c>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>121</v>
       </c>
       <c r="C43">
-        <v>209</v>
+        <v>81</v>
       </c>
       <c r="D43">
         <v>6</v>
       </c>
       <c r="E43">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F43" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G43" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="B44" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="C44">
-        <v>349</v>
+        <v>200</v>
       </c>
       <c r="D44">
-        <v>4.6</v>
+        <v>6</v>
       </c>
       <c r="E44">
-        <v>7.95</v>
+        <v>14.95</v>
       </c>
       <c r="F44" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G44" t="s">
         <v>124</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
         <v>125</v>
       </c>
       <c r="B45" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C45">
-        <v>94</v>
+        <v>209</v>
       </c>
       <c r="D45">
-        <v>4.6</v>
+        <v>6</v>
       </c>
       <c r="E45">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F45" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B46" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C46">
-        <v>213</v>
+        <v>58</v>
       </c>
       <c r="D46">
-        <v>4.9</v>
+        <v>9</v>
       </c>
       <c r="E46">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F46" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G46" t="s">
-        <v>129</v>
+        <v>23</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
         <v>130</v>
       </c>
       <c r="B47" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="C47">
-        <v>231</v>
+        <v>59</v>
       </c>
       <c r="D47">
-        <v>4.7</v>
+        <v>6.2</v>
       </c>
       <c r="E47">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F47" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G47" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="B48" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C48">
-        <v>321</v>
+        <v>137</v>
       </c>
       <c r="D48">
-        <v>7.7</v>
+        <v>5.7</v>
       </c>
       <c r="E48">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F48" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G48" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="B49" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C49">
-        <v>369</v>
+        <v>274</v>
       </c>
       <c r="D49">
-        <v>7.1</v>
+        <v>5.7</v>
       </c>
       <c r="E49">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F49" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G49" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="B50" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C50">
-        <v>270</v>
+        <v>198</v>
       </c>
       <c r="D50">
-        <v>6.6</v>
+        <v>5.8</v>
       </c>
       <c r="E50">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F50" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G50" t="s">
-        <v>13</v>
+        <v>140</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
+        <v>141</v>
+      </c>
+      <c r="B51" t="s">
         <v>139</v>
       </c>
-      <c r="B51" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51">
-        <v>1</v>
+        <v>132</v>
       </c>
       <c r="D51">
-        <v>6.3</v>
+        <v>6.4</v>
       </c>
       <c r="E51">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F51" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G51" t="s">
-        <v>16</v>
+        <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B52" t="s">
-        <v>112</v>
+        <v>144</v>
       </c>
       <c r="C52">
-        <v>279</v>
+        <v>246</v>
       </c>
       <c r="D52">
-        <v>7.9</v>
+        <v>7</v>
       </c>
       <c r="E52">
         <v>14.95</v>
       </c>
       <c r="F52" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G52" t="s">
-        <v>113</v>
+        <v>145</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B53" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C53">
-        <v>136</v>
+        <v>233</v>
       </c>
       <c r="D53">
-        <v>7.8</v>
+        <v>7.5</v>
       </c>
       <c r="E53">
-        <v>16.95</v>
+        <v>15.95</v>
       </c>
       <c r="F53" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G53" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B54" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C54">
-        <v>113</v>
+        <v>168</v>
       </c>
       <c r="D54">
-        <v>7.9</v>
+        <v>7.5</v>
       </c>
       <c r="E54">
-        <v>16.95</v>
+        <v>15.95</v>
       </c>
       <c r="F54" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G54" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B55" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="C55">
-        <v>143</v>
+        <v>81</v>
       </c>
       <c r="D55">
-        <v>8.9</v>
+        <v>6.4</v>
       </c>
       <c r="E55">
-        <v>17.95</v>
+        <v>15.95</v>
       </c>
       <c r="F55" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>149</v>
+        <v>13</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>150</v>
+        <v>153</v>
       </c>
       <c r="B56" t="s">
-        <v>148</v>
+        <v>154</v>
       </c>
       <c r="C56">
-        <v>241</v>
+        <v>128</v>
       </c>
       <c r="D56">
-        <v>8.9</v>
+        <v>5.1</v>
       </c>
       <c r="E56">
-        <v>17.95</v>
+        <v>15.95</v>
       </c>
       <c r="F56" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G56" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B57" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C57">
-        <v>91</v>
+        <v>187</v>
       </c>
       <c r="D57">
-        <v>5.8</v>
+        <v>5.3</v>
       </c>
       <c r="E57">
         <v>15.95</v>
       </c>
       <c r="F57" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>154</v>
+        <v>13</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
       <c r="B58" t="s">
-        <v>153</v>
+        <v>158</v>
       </c>
       <c r="C58">
-        <v>164</v>
+        <v>124</v>
       </c>
       <c r="D58">
-        <v>5.7</v>
+        <v>6</v>
       </c>
       <c r="E58">
-        <v>15.95</v>
+        <v>13.95</v>
       </c>
       <c r="F58" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G58" t="s">
-        <v>156</v>
+        <v>75</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="B59" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C59">
-        <v>84</v>
+        <v>46</v>
       </c>
       <c r="D59">
-        <v>7.2</v>
+        <v>6.5</v>
       </c>
       <c r="E59">
         <v>15.95</v>
       </c>
       <c r="F59" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G59" t="s">
-        <v>22</v>
+        <v>161</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>159</v>
+        <v>162</v>
       </c>
       <c r="B60" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="C60">
-        <v>63</v>
+        <v>328</v>
       </c>
       <c r="D60">
-        <v>4.6</v>
+        <v>6</v>
       </c>
       <c r="E60">
-        <v>12.95</v>
+        <v>13.95</v>
       </c>
       <c r="F60" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G60" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="B61" t="s">
-        <v>160</v>
+        <v>166</v>
       </c>
       <c r="C61">
-        <v>5</v>
+        <v>209</v>
       </c>
       <c r="D61">
-        <v>4.6</v>
+        <v>7.3</v>
       </c>
       <c r="E61">
-        <v>12.95</v>
+        <v>16.95</v>
       </c>
       <c r="F61" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G61" t="s">
-        <v>163</v>
+        <v>49</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>164</v>
+        <v>167</v>
       </c>
       <c r="B62" t="s">
-        <v>165</v>
+        <v>71</v>
       </c>
       <c r="C62">
-        <v>49</v>
+        <v>141</v>
       </c>
       <c r="D62">
-        <v>5.1</v>
+        <v>5</v>
       </c>
       <c r="E62">
-        <v>14.95</v>
+        <v>15.5</v>
       </c>
       <c r="F62" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G62" t="s">
-        <v>166</v>
+        <v>72</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="B63" t="s">
-        <v>165</v>
+        <v>71</v>
       </c>
       <c r="C63">
-        <v>323</v>
+        <v>294</v>
       </c>
       <c r="D63">
-        <v>5.2</v>
+        <v>4.8</v>
       </c>
       <c r="E63">
-        <v>14.95</v>
+        <v>15.5</v>
       </c>
       <c r="F63" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G63" t="s">
-        <v>16</v>
+        <v>169</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="B64" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="C64">
-        <v>157</v>
+        <v>49</v>
       </c>
       <c r="D64">
-        <v>5.2</v>
+        <v>6.9</v>
       </c>
       <c r="E64">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F64" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G64" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
       <c r="B65" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C65">
-        <v>54</v>
+        <v>93</v>
       </c>
       <c r="D65">
-        <v>6</v>
+        <v>5.7</v>
       </c>
       <c r="E65">
-        <v>13.95</v>
+        <v>15.95</v>
       </c>
       <c r="F65" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G65" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
       <c r="B66" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="C66">
-        <v>140</v>
+        <v>655</v>
       </c>
       <c r="D66">
-        <v>6</v>
+        <v>5.3</v>
       </c>
       <c r="E66">
-        <v>13.95</v>
+        <v>14.95</v>
       </c>
       <c r="F66" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G66" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>176</v>
+        <v>179</v>
       </c>
       <c r="B67" t="s">
-        <v>172</v>
+        <v>180</v>
       </c>
       <c r="C67">
-        <v>59</v>
+        <v>214</v>
       </c>
       <c r="D67">
-        <v>6</v>
+        <v>4.1</v>
       </c>
       <c r="E67">
-        <v>13.95</v>
+        <v>14.95</v>
       </c>
       <c r="F67" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G67" t="s">
-        <v>16</v>
+        <v>40</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
       <c r="B68" t="s">
-        <v>36</v>
+        <v>182</v>
       </c>
       <c r="C68">
-        <v>215</v>
+        <v>118</v>
       </c>
       <c r="D68">
         <v>6</v>
       </c>
       <c r="E68">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F68" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G68" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="B69" t="s">
-        <v>30</v>
+        <v>185</v>
       </c>
       <c r="C69">
-        <v>165</v>
+        <v>378</v>
       </c>
       <c r="D69">
-        <v>5.7</v>
+        <v>6</v>
       </c>
       <c r="E69">
-        <v>14.95</v>
+        <v>17.95</v>
       </c>
       <c r="F69" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G69" t="s">
-        <v>180</v>
+        <v>186</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>181</v>
+        <v>187</v>
       </c>
       <c r="B70" t="s">
-        <v>182</v>
+        <v>185</v>
       </c>
       <c r="C70">
-        <v>22</v>
+        <v>383</v>
       </c>
       <c r="D70">
-        <v>5.8</v>
+        <v>6</v>
       </c>
       <c r="E70">
-        <v>14.95</v>
+        <v>17.95</v>
       </c>
       <c r="F70" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G70" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B71" t="s">
-        <v>182</v>
+        <v>82</v>
       </c>
       <c r="C71">
-        <v>97</v>
+        <v>296</v>
       </c>
       <c r="D71">
-        <v>6.4</v>
+        <v>6</v>
       </c>
       <c r="E71">
         <v>14.95</v>
       </c>
       <c r="F71" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G71" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
       <c r="B72" t="s">
-        <v>187</v>
+        <v>80</v>
       </c>
       <c r="C72">
-        <v>88</v>
+        <v>325</v>
       </c>
       <c r="D72">
         <v>6</v>
       </c>
       <c r="E72">
-        <v>17.95</v>
+        <v>15.95</v>
       </c>
       <c r="F72" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G72" t="s">
-        <v>188</v>
+        <v>192</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>189</v>
+        <v>193</v>
       </c>
       <c r="B73" t="s">
-        <v>187</v>
+        <v>80</v>
       </c>
       <c r="C73">
-        <v>91</v>
+        <v>300</v>
       </c>
       <c r="D73">
         <v>6</v>
       </c>
       <c r="E73">
-        <v>17.95</v>
+        <v>15.95</v>
       </c>
       <c r="F73" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G73" t="s">
-        <v>190</v>
+        <v>194</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>191</v>
+        <v>195</v>
       </c>
       <c r="B74" t="s">
-        <v>33</v>
+        <v>196</v>
       </c>
       <c r="C74">
-        <v>222</v>
+        <v>251</v>
       </c>
       <c r="D74">
         <v>6</v>
       </c>
       <c r="E74">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F74" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G74" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
       <c r="B75" t="s">
-        <v>8</v>
+        <v>196</v>
       </c>
       <c r="C75">
-        <v>72</v>
+        <v>129</v>
       </c>
       <c r="D75">
-        <v>7.5</v>
+        <v>6</v>
       </c>
       <c r="E75">
         <v>15.95</v>
       </c>
       <c r="F75" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G75" t="s">
-        <v>194</v>
+        <v>23</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>195</v>
+        <v>198</v>
       </c>
       <c r="B76" t="s">
         <v>196</v>
       </c>
       <c r="C76">
-        <v>107</v>
+        <v>168</v>
       </c>
       <c r="D76">
-        <v>7.6</v>
+        <v>6</v>
       </c>
       <c r="E76">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F76" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G76" t="s">
-        <v>197</v>
+        <v>88</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="B77" t="s">
+        <v>200</v>
+      </c>
+      <c r="C77">
         <v>199</v>
       </c>
-      <c r="C77">
-[...1 lines deleted...]
-      </c>
       <c r="D77">
         <v>6</v>
       </c>
       <c r="E77">
-        <v>15.95</v>
+        <v>16.5</v>
       </c>
       <c r="F77" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G77" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="B78" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C78">
-        <v>221</v>
+        <v>120</v>
       </c>
       <c r="D78">
         <v>6</v>
       </c>
       <c r="E78">
-        <v>15.95</v>
+        <v>16.5</v>
       </c>
       <c r="F78" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G78" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="B79" t="s">
-        <v>199</v>
+        <v>163</v>
       </c>
       <c r="C79">
-        <v>43</v>
+        <v>292</v>
       </c>
       <c r="D79">
         <v>6</v>
       </c>
       <c r="E79">
-        <v>15.95</v>
+        <v>13.95</v>
       </c>
       <c r="F79" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G79" t="s">
-        <v>204</v>
+        <v>23</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
         <v>205</v>
       </c>
       <c r="B80" t="s">
-        <v>15</v>
+        <v>163</v>
       </c>
       <c r="C80">
-        <v>103</v>
+        <v>91</v>
       </c>
       <c r="D80">
-        <v>4.5</v>
+        <v>6</v>
       </c>
       <c r="E80">
-        <v>9.95</v>
+        <v>13.95</v>
       </c>
       <c r="F80" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G80" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
         <v>207</v>
       </c>
       <c r="B81" t="s">
         <v>208</v>
       </c>
       <c r="C81">
-        <v>118</v>
+        <v>267</v>
       </c>
       <c r="D81">
-        <v>6.8</v>
+        <v>6</v>
       </c>
       <c r="E81">
         <v>14.95</v>
       </c>
       <c r="F81" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G81" t="s">
-        <v>55</v>
+        <v>209</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="B82" t="s">
         <v>208</v>
       </c>
       <c r="C82">
-        <v>42</v>
+        <v>221</v>
       </c>
       <c r="D82">
-        <v>6.7</v>
+        <v>6</v>
       </c>
       <c r="E82">
         <v>14.95</v>
       </c>
       <c r="F82" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G82" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B83" t="s">
-        <v>153</v>
+        <v>77</v>
       </c>
       <c r="C83">
-        <v>225</v>
+        <v>386</v>
       </c>
       <c r="D83">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E83">
-        <v>15.5</v>
+        <v>16.95</v>
       </c>
       <c r="F83" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G83" t="s">
-        <v>154</v>
+        <v>213</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
-        <v>212</v>
+        <v>214</v>
       </c>
       <c r="B84" t="s">
-        <v>153</v>
+        <v>77</v>
       </c>
       <c r="C84">
-        <v>137</v>
+        <v>345</v>
       </c>
       <c r="D84">
-        <v>4.8</v>
+        <v>6</v>
       </c>
       <c r="E84">
-        <v>15.5</v>
+        <v>16.95</v>
       </c>
       <c r="F84" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G84" t="s">
-        <v>156</v>
+        <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
       <c r="B85" t="s">
-        <v>214</v>
+        <v>180</v>
       </c>
       <c r="C85">
-        <v>334</v>
+        <v>93</v>
       </c>
       <c r="D85">
-        <v>6.9</v>
+        <v>4.2</v>
       </c>
       <c r="E85">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F85" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G85" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B86" t="s">
-        <v>217</v>
+        <v>219</v>
       </c>
       <c r="C86">
-        <v>74</v>
+        <v>390</v>
       </c>
       <c r="D86">
-        <v>6.9</v>
+        <v>6</v>
       </c>
       <c r="E86">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F86" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G86" t="s">
-        <v>218</v>
+        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="B87" t="s">
-        <v>220</v>
+        <v>222</v>
       </c>
       <c r="C87">
-        <v>159</v>
+        <v>341</v>
       </c>
       <c r="D87">
         <v>6</v>
       </c>
       <c r="E87">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F87" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G87" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
+        <v>224</v>
+      </c>
+      <c r="B88" t="s">
         <v>222</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>63</v>
+        <v>271</v>
       </c>
       <c r="D88">
         <v>6</v>
       </c>
       <c r="E88">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F88" t="s">
-        <v>9</v>
-[...2 lines deleted...]
-        <v>223</v>
+        <v>13</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="B89" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="C89">
-        <v>63</v>
+        <v>84</v>
       </c>
       <c r="D89">
         <v>6</v>
       </c>
       <c r="E89">
-        <v>16.95</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>14.95</v>
       </c>
       <c r="G89" t="s">
-        <v>226</v>
+        <v>194</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>227</v>
       </c>
       <c r="B90" t="s">
-        <v>228</v>
+        <v>182</v>
       </c>
       <c r="C90">
-        <v>238</v>
+        <v>282</v>
       </c>
       <c r="D90">
-        <v>6.4</v>
+        <v>6</v>
       </c>
       <c r="E90">
         <v>15.95</v>
       </c>
       <c r="F90" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G90" t="s">
-        <v>229</v>
+        <v>228</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>230</v>
+        <v>229</v>
       </c>
       <c r="B91" t="s">
-        <v>231</v>
+        <v>65</v>
       </c>
       <c r="C91">
-        <v>215</v>
+        <v>251</v>
       </c>
       <c r="D91">
-        <v>5.3</v>
+        <v>3.9</v>
       </c>
       <c r="E91">
         <v>14.95</v>
       </c>
       <c r="F91" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G91" t="s">
-        <v>232</v>
+        <v>23</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>233</v>
+        <v>230</v>
       </c>
       <c r="B92" t="s">
-        <v>57</v>
+        <v>68</v>
       </c>
       <c r="C92">
-        <v>167</v>
+        <v>132</v>
       </c>
       <c r="D92">
         <v>5.8</v>
       </c>
       <c r="E92">
         <v>14.95</v>
       </c>
       <c r="F92" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G92" t="s">
-        <v>234</v>
+        <v>231</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>235</v>
+        <v>232</v>
       </c>
       <c r="B93" t="s">
-        <v>21</v>
+        <v>233</v>
       </c>
       <c r="C93">
-        <v>109</v>
+        <v>11</v>
       </c>
       <c r="D93">
-        <v>3.9</v>
+        <v>3.6</v>
       </c>
       <c r="E93">
-        <v>14.95</v>
+        <v>14.5</v>
       </c>
       <c r="F93" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G93" t="s">
-        <v>16</v>
+        <v>234</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B94" t="s">
-        <v>237</v>
+        <v>71</v>
       </c>
       <c r="C94">
-        <v>0</v>
+        <v>134</v>
       </c>
       <c r="D94">
-        <v>6</v>
+        <v>5.7</v>
       </c>
       <c r="E94">
-        <v>16.5</v>
+        <v>15.95</v>
       </c>
       <c r="F94" t="s">
         <v>9</v>
       </c>
       <c r="G94" t="s">
-        <v>238</v>
+        <v>169</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>239</v>
+        <v>236</v>
       </c>
       <c r="B95" t="s">
-        <v>225</v>
+        <v>237</v>
       </c>
       <c r="C95">
-        <v>1</v>
+        <v>230</v>
       </c>
       <c r="D95">
-        <v>6</v>
+        <v>10.3</v>
       </c>
       <c r="E95">
         <v>16.95</v>
       </c>
       <c r="F95" t="s">
         <v>9</v>
       </c>
       <c r="G95" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B96" t="s">
-        <v>225</v>
+        <v>180</v>
       </c>
       <c r="C96">
-        <v>0</v>
+        <v>168</v>
       </c>
       <c r="D96">
-        <v>6</v>
+        <v>4.7</v>
       </c>
       <c r="E96">
-        <v>16.95</v>
+        <v>15.5</v>
       </c>
       <c r="F96" t="s">
         <v>9</v>
       </c>
       <c r="G96" t="s">
-        <v>200</v>
+        <v>40</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B97" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="C97">
-        <v>171</v>
+        <v>32</v>
       </c>
       <c r="D97">
-        <v>6</v>
+        <v>7.2</v>
       </c>
       <c r="E97">
-        <v>14.95</v>
+        <v>15.95</v>
+      </c>
+      <c r="F97" t="s">
+        <v>9</v>
       </c>
       <c r="G97" t="s">
-        <v>202</v>
+        <v>66</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="B98" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="C98">
-        <v>120</v>
+        <v>72</v>
       </c>
       <c r="D98">
-        <v>6</v>
+        <v>6.9</v>
       </c>
       <c r="E98">
-        <v>15.95</v>
+        <v>16.95</v>
       </c>
       <c r="F98" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G98" t="s">
-        <v>246</v>
+        <v>23</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>247</v>
+        <v>244</v>
       </c>
       <c r="B99" t="s">
-        <v>237</v>
+        <v>245</v>
       </c>
       <c r="C99">
-        <v>86</v>
+        <v>167</v>
       </c>
       <c r="D99">
-        <v>6</v>
+        <v>3.7</v>
       </c>
       <c r="E99">
-        <v>16.5</v>
+        <v>16.95</v>
       </c>
       <c r="F99" t="s">
         <v>9</v>
       </c>
       <c r="G99" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
       <c r="B100" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="C100">
-        <v>126</v>
+        <v>0</v>
       </c>
       <c r="D100">
-        <v>6</v>
+        <v>4.6</v>
       </c>
       <c r="E100">
-        <v>15.95</v>
+        <v>12.95</v>
       </c>
       <c r="F100" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G100" t="s">
-        <v>16</v>
+        <v>20</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
+        <v>249</v>
+      </c>
+      <c r="B101" t="s">
+        <v>250</v>
+      </c>
+      <c r="C101">
+        <v>49</v>
+      </c>
+      <c r="D101">
+        <v>5.9</v>
+      </c>
+      <c r="E101">
+        <v>14.95</v>
+      </c>
+      <c r="F101" t="s">
+        <v>9</v>
+      </c>
+      <c r="G101" t="s">
         <v>251</v>
-      </c>
-[...16 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
+        <v>252</v>
+      </c>
+      <c r="B102" t="s">
+        <v>250</v>
+      </c>
+      <c r="C102">
+        <v>25</v>
+      </c>
+      <c r="D102">
+        <v>6</v>
+      </c>
+      <c r="E102">
+        <v>14.95</v>
+      </c>
+      <c r="F102" t="s">
+        <v>9</v>
+      </c>
+      <c r="G102" t="s">
         <v>253</v>
-      </c>
-[...16 lines deleted...]
-        <v>16</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
+        <v>254</v>
+      </c>
+      <c r="B103" t="s">
         <v>255</v>
       </c>
-      <c r="B103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C103">
-        <v>125</v>
+        <v>214</v>
       </c>
       <c r="D103">
-        <v>3.6</v>
+        <v>8.9</v>
       </c>
       <c r="E103">
-        <v>14.5</v>
+        <v>17.95</v>
       </c>
       <c r="F103" t="s">
         <v>9</v>
       </c>
       <c r="G103" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
+        <v>257</v>
+      </c>
+      <c r="B104" t="s">
         <v>258</v>
       </c>
-      <c r="B104" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C104">
-        <v>229</v>
+        <v>142</v>
       </c>
       <c r="D104">
-        <v>6.9</v>
+        <v>6.4</v>
       </c>
       <c r="E104">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F104" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G104" t="s">
-        <v>146</v>
+        <v>17</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="B105" t="s">
-        <v>261</v>
+        <v>255</v>
       </c>
       <c r="C105">
-        <v>119</v>
+        <v>107</v>
       </c>
       <c r="D105">
-        <v>6.1</v>
+        <v>8.9</v>
       </c>
       <c r="E105">
-        <v>14.95</v>
+        <v>17.95</v>
       </c>
       <c r="F105" t="s">
         <v>9</v>
       </c>
       <c r="G105" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="B106" t="s">
-        <v>264</v>
+        <v>60</v>
       </c>
       <c r="C106">
-        <v>13</v>
+        <v>27</v>
       </c>
       <c r="D106">
-        <v>6.7</v>
+        <v>7.9</v>
       </c>
       <c r="E106">
         <v>9.95</v>
       </c>
       <c r="F106" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G106" t="s">
-        <v>206</v>
+        <v>262</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>265</v>
+        <v>263</v>
       </c>
       <c r="B107" t="s">
-        <v>93</v>
+        <v>264</v>
       </c>
       <c r="C107">
-        <v>103</v>
+        <v>542</v>
       </c>
       <c r="D107">
-        <v>6.1</v>
+        <v>6.8</v>
       </c>
       <c r="E107">
         <v>15.95</v>
       </c>
       <c r="F107" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G107" t="s">
-        <v>266</v>
+        <v>265</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
+        <v>266</v>
+      </c>
+      <c r="B108" t="s">
         <v>267</v>
       </c>
-      <c r="B108" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C108">
-        <v>361</v>
+        <v>108</v>
       </c>
       <c r="D108">
-        <v>6</v>
+        <v>5.1</v>
       </c>
       <c r="E108">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F108" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G108" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>269</v>
       </c>
       <c r="B109" t="s">
         <v>270</v>
       </c>
       <c r="C109">
-        <v>44</v>
+        <v>70</v>
       </c>
       <c r="D109">
-        <v>5.9</v>
+        <v>6.2</v>
       </c>
       <c r="E109">
-        <v>9.95</v>
+        <v>16.95</v>
       </c>
       <c r="F109" t="s">
         <v>9</v>
       </c>
       <c r="G109" t="s">
-        <v>206</v>
+        <v>265</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
         <v>271</v>
       </c>
       <c r="B110" t="s">
         <v>272</v>
       </c>
       <c r="C110">
-        <v>136</v>
+        <v>261</v>
       </c>
       <c r="D110">
-        <v>3.4</v>
+        <v>6</v>
       </c>
       <c r="E110">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F110" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G110" t="s">
-        <v>273</v>
+        <v>203</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
+        <v>273</v>
+      </c>
+      <c r="B111" t="s">
         <v>274</v>
       </c>
-      <c r="B111" t="s">
+      <c r="C111">
+        <v>160</v>
+      </c>
+      <c r="D111">
+        <v>6.8</v>
+      </c>
+      <c r="E111">
+        <v>9.95</v>
+      </c>
+      <c r="F111" t="s">
+        <v>13</v>
+      </c>
+      <c r="G111" t="s">
         <v>275</v>
-      </c>
-[...13 lines deleted...]
-        <v>262</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
         <v>276</v>
       </c>
       <c r="B112" t="s">
         <v>277</v>
       </c>
       <c r="C112">
-        <v>3</v>
+        <v>289</v>
       </c>
       <c r="D112">
-        <v>6.3</v>
+        <v>5</v>
       </c>
       <c r="E112">
         <v>15.95</v>
       </c>
       <c r="F112" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G112" t="s">
-        <v>278</v>
+        <v>10</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
+        <v>278</v>
+      </c>
+      <c r="B113" t="s">
         <v>279</v>
       </c>
-      <c r="B113" t="s">
+      <c r="C113">
+        <v>211</v>
+      </c>
+      <c r="D113">
+        <v>5.1</v>
+      </c>
+      <c r="E113">
+        <v>14.95</v>
+      </c>
+      <c r="F113" t="s">
+        <v>13</v>
+      </c>
+      <c r="G113" t="s">
         <v>280</v>
-      </c>
-[...13 lines deleted...]
-        <v>281</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
+        <v>281</v>
+      </c>
+      <c r="B114" t="s">
         <v>282</v>
       </c>
-      <c r="B114" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C114">
-        <v>131</v>
+        <v>376</v>
       </c>
       <c r="D114">
-        <v>4.2</v>
+        <v>7.6</v>
       </c>
       <c r="E114">
-        <v>14.95</v>
+        <v>17.95</v>
       </c>
       <c r="F114" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G114" t="s">
-        <v>278</v>
+        <v>283</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="B115" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="C115">
-        <v>453</v>
+        <v>152</v>
       </c>
       <c r="D115">
-        <v>7.6</v>
+        <v>6</v>
       </c>
       <c r="E115">
-        <v>17.95</v>
+        <v>14.95</v>
       </c>
       <c r="F115" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G115" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="B116" t="s">
-        <v>256</v>
+        <v>288</v>
       </c>
       <c r="C116">
-        <v>140</v>
+        <v>180</v>
       </c>
       <c r="D116">
-        <v>3.7</v>
+        <v>6</v>
       </c>
       <c r="E116">
-        <v>14.5</v>
+        <v>9.95</v>
       </c>
       <c r="F116" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G116" t="s">
-        <v>287</v>
+        <v>289</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
+        <v>290</v>
+      </c>
+      <c r="B117" t="s">
         <v>288</v>
       </c>
-      <c r="B117" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C117">
-        <v>114</v>
+        <v>20</v>
       </c>
       <c r="D117">
-        <v>6.9</v>
+        <v>6</v>
       </c>
       <c r="E117">
-        <v>16.95</v>
+        <v>9.95</v>
       </c>
       <c r="F117" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G117" t="s">
-        <v>16</v>
+        <v>291</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>290</v>
+        <v>292</v>
       </c>
       <c r="B118" t="s">
-        <v>291</v>
+        <v>293</v>
       </c>
       <c r="C118">
-        <v>189</v>
+        <v>195</v>
       </c>
       <c r="D118">
-        <v>3.7</v>
+        <v>6.9</v>
       </c>
       <c r="E118">
-        <v>16.95</v>
+        <v>14.95</v>
       </c>
       <c r="F118" t="s">
+        <v>13</v>
+      </c>
+      <c r="G118" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>292</v>
+        <v>294</v>
       </c>
       <c r="B119" t="s">
-        <v>293</v>
+        <v>295</v>
       </c>
       <c r="C119">
-        <v>17</v>
+        <v>697</v>
       </c>
       <c r="D119">
-        <v>6</v>
+        <v>6.7</v>
       </c>
       <c r="E119">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F119" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G119" t="s">
-        <v>294</v>
+        <v>296</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>295</v>
+        <v>297</v>
       </c>
       <c r="B120" t="s">
-        <v>245</v>
+        <v>110</v>
       </c>
       <c r="C120">
-        <v>81</v>
+        <v>218</v>
       </c>
       <c r="D120">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E120">
-        <v>15.95</v>
+        <v>16.95</v>
       </c>
       <c r="F120" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G120" t="s">
-        <v>296</v>
+        <v>298</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>297</v>
+        <v>299</v>
       </c>
       <c r="B121" t="s">
-        <v>298</v>
+        <v>300</v>
       </c>
       <c r="C121">
-        <v>84</v>
+        <v>5</v>
       </c>
       <c r="D121">
-        <v>6</v>
+        <v>5.4</v>
       </c>
       <c r="E121">
-        <v>14.95</v>
+        <v>12.95</v>
       </c>
       <c r="F121" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G121" t="s">
-        <v>299</v>
+        <v>301</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>300</v>
+        <v>302</v>
       </c>
       <c r="B122" t="s">
-        <v>301</v>
+        <v>279</v>
       </c>
       <c r="C122">
-        <v>148</v>
+        <v>318</v>
       </c>
       <c r="D122">
-        <v>6</v>
+        <v>5.2</v>
       </c>
       <c r="E122">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F122" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G122" t="s">
-        <v>238</v>
+        <v>23</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="B123" t="s">
-        <v>250</v>
+        <v>272</v>
       </c>
       <c r="C123">
-        <v>190</v>
+        <v>296</v>
       </c>
       <c r="D123">
         <v>6</v>
       </c>
       <c r="E123">
         <v>15.95</v>
       </c>
       <c r="F123" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G123" t="s">
-        <v>190</v>
+        <v>304</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>303</v>
+        <v>305</v>
       </c>
       <c r="B124" t="s">
-        <v>304</v>
+        <v>306</v>
       </c>
       <c r="C124">
-        <v>167</v>
+        <v>220</v>
       </c>
       <c r="D124">
-        <v>6</v>
+        <v>5.1</v>
       </c>
       <c r="E124">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F124" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G124" t="s">
-        <v>305</v>
+        <v>307</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>306</v>
+        <v>308</v>
       </c>
       <c r="B125" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="C125">
-        <v>6</v>
+        <v>77</v>
       </c>
       <c r="D125">
-        <v>6</v>
+        <v>6.4</v>
       </c>
       <c r="E125">
-        <v>14.95</v>
+        <v>7.95</v>
       </c>
       <c r="F125" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G125" t="s">
-        <v>308</v>
+        <v>310</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>309</v>
+        <v>311</v>
       </c>
       <c r="B126" t="s">
-        <v>310</v>
+        <v>312</v>
       </c>
       <c r="C126">
-        <v>56</v>
+        <v>75</v>
       </c>
       <c r="D126">
-        <v>7.9</v>
+        <v>7.4</v>
       </c>
       <c r="E126">
-        <v>9.95</v>
+        <v>7.95</v>
       </c>
       <c r="F126" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G126" t="s">
-        <v>144</v>
+        <v>313</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>311</v>
+        <v>314</v>
       </c>
       <c r="B127" t="s">
-        <v>301</v>
+        <v>12</v>
       </c>
       <c r="C127">
-        <v>163</v>
+        <v>99</v>
       </c>
       <c r="D127">
-        <v>6</v>
+        <v>6.9</v>
       </c>
       <c r="E127">
-        <v>15.95</v>
+        <v>7.95</v>
       </c>
       <c r="F127" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G127" t="s">
-        <v>312</v>
+        <v>315</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>313</v>
+        <v>316</v>
       </c>
       <c r="B128" t="s">
-        <v>314</v>
+        <v>317</v>
       </c>
       <c r="C128">
-        <v>104</v>
+        <v>305</v>
       </c>
       <c r="D128">
-        <v>5</v>
+        <v>7.7</v>
       </c>
       <c r="E128">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F128" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G128" t="s">
-        <v>315</v>
+        <v>318</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>316</v>
+        <v>319</v>
       </c>
       <c r="B129" t="s">
-        <v>317</v>
+        <v>320</v>
       </c>
       <c r="C129">
-        <v>10</v>
+        <v>90</v>
       </c>
       <c r="D129">
-        <v>6</v>
+        <v>4.6</v>
       </c>
       <c r="E129">
         <v>9.95</v>
       </c>
       <c r="F129" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G129" t="s">
-        <v>16</v>
+        <v>321</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>318</v>
+        <v>322</v>
       </c>
       <c r="B130" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C130">
-        <v>531</v>
+        <v>333</v>
       </c>
       <c r="D130">
-        <v>7.4</v>
+        <v>4.6</v>
       </c>
       <c r="E130">
-        <v>9.95</v>
+        <v>7.95</v>
       </c>
       <c r="F130" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G130" t="s">
-        <v>320</v>
+        <v>323</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>321</v>
+        <v>324</v>
       </c>
       <c r="B131" t="s">
-        <v>264</v>
+        <v>325</v>
       </c>
       <c r="C131">
-        <v>62</v>
+        <v>92</v>
       </c>
       <c r="D131">
-        <v>6.6</v>
+        <v>6.9</v>
       </c>
       <c r="E131">
         <v>9.95</v>
       </c>
       <c r="F131" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G131" t="s">
-        <v>34</v>
+        <v>326</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>322</v>
+        <v>327</v>
       </c>
       <c r="B132" t="s">
-        <v>323</v>
+        <v>328</v>
       </c>
       <c r="C132">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="D132">
-        <v>6</v>
+        <v>6.6</v>
       </c>
       <c r="E132">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F132" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G132" t="s">
-        <v>324</v>
+        <v>155</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>325</v>
+        <v>329</v>
       </c>
       <c r="B133" t="s">
-        <v>326</v>
+        <v>330</v>
       </c>
       <c r="C133">
-        <v>57</v>
+        <v>174</v>
       </c>
       <c r="D133">
-        <v>6</v>
+        <v>6.3</v>
       </c>
       <c r="E133">
-        <v>14.95</v>
+        <v>7.95</v>
       </c>
       <c r="F133" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G133" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>327</v>
+        <v>331</v>
       </c>
       <c r="B134" t="s">
-        <v>328</v>
+        <v>332</v>
       </c>
       <c r="C134">
-        <v>153</v>
+        <v>801</v>
       </c>
       <c r="D134">
-        <v>5.1</v>
+        <v>6</v>
       </c>
       <c r="E134">
-        <v>15.95</v>
+        <v>6.95</v>
       </c>
       <c r="F134" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G134" t="s">
-        <v>329</v>
+        <v>25</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>330</v>
+        <v>333</v>
       </c>
       <c r="B135" t="s">
-        <v>331</v>
+        <v>334</v>
       </c>
       <c r="C135">
-        <v>123</v>
+        <v>94</v>
       </c>
       <c r="D135">
         <v>6</v>
       </c>
       <c r="E135">
         <v>9.95</v>
       </c>
       <c r="F135" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G135" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>332</v>
+        <v>335</v>
       </c>
       <c r="B136" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C136">
-        <v>158</v>
+        <v>109</v>
       </c>
       <c r="D136">
-        <v>6.4</v>
+        <v>6</v>
       </c>
       <c r="E136">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F136" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="G136" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>334</v>
+        <v>336</v>
       </c>
       <c r="B137" t="s">
-        <v>335</v>
+        <v>100</v>
       </c>
       <c r="C137">
-        <v>54</v>
+        <v>391</v>
       </c>
       <c r="D137">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="E137">
-        <v>14.95</v>
+        <v>16.5</v>
       </c>
       <c r="F137" t="s">
         <v>9</v>
       </c>
       <c r="G137" t="s">
-        <v>336</v>
+        <v>23</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
         <v>337</v>
       </c>
       <c r="B138" t="s">
         <v>338</v>
       </c>
       <c r="C138">
-        <v>105</v>
+        <v>37</v>
       </c>
       <c r="D138">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E138">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F138" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G138" t="s">
-        <v>72</v>
+        <v>25</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
         <v>339</v>
       </c>
       <c r="B139" t="s">
-        <v>340</v>
+        <v>160</v>
       </c>
       <c r="C139">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="D139">
-        <v>5.4</v>
+        <v>6.3</v>
       </c>
       <c r="E139">
-        <v>12.95</v>
+        <v>15.95</v>
       </c>
       <c r="F139" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G139" t="s">
-        <v>341</v>
+        <v>217</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
+        <v>340</v>
+      </c>
+      <c r="B140" t="s">
+        <v>341</v>
+      </c>
+      <c r="C140">
+        <v>0</v>
+      </c>
+      <c r="D140">
+        <v>6.6</v>
+      </c>
+      <c r="E140">
+        <v>16.95</v>
+      </c>
+      <c r="F140" t="s">
+        <v>13</v>
+      </c>
+      <c r="G140" t="s">
         <v>342</v>
-      </c>
-[...16 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
-        <v>345</v>
+        <v>343</v>
       </c>
       <c r="B141" t="s">
-        <v>346</v>
+        <v>96</v>
       </c>
       <c r="C141">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D141">
-        <v>6.4</v>
+        <v>4.1</v>
       </c>
       <c r="E141">
         <v>14.95</v>
       </c>
       <c r="F141" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G141" t="s">
-        <v>347</v>
+        <v>246</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="B142" t="s">
-        <v>349</v>
+        <v>345</v>
       </c>
       <c r="C142">
-        <v>202</v>
+        <v>73</v>
       </c>
       <c r="D142">
-        <v>7</v>
+        <v>4.4</v>
       </c>
       <c r="E142">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F142" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G142" t="s">
-        <v>266</v>
+        <v>23</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
-        <v>350</v>
+        <v>346</v>
       </c>
       <c r="B143" t="s">
-        <v>351</v>
+        <v>233</v>
       </c>
       <c r="C143">
-        <v>259</v>
+        <v>81</v>
       </c>
       <c r="D143">
-        <v>6</v>
+        <v>3.7</v>
       </c>
       <c r="E143">
-        <v>9.95</v>
+        <v>14.5</v>
       </c>
       <c r="F143" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G143" t="s">
-        <v>16</v>
+        <v>347</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="B144" t="s">
-        <v>353</v>
+        <v>349</v>
       </c>
       <c r="C144">
-        <v>145</v>
+        <v>124</v>
       </c>
       <c r="D144">
-        <v>4.1</v>
+        <v>3.4</v>
       </c>
       <c r="E144">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F144" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G144" t="s">
-        <v>354</v>
+        <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
-        <v>355</v>
+        <v>351</v>
       </c>
       <c r="B145" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="C145">
-        <v>104</v>
+        <v>29</v>
       </c>
       <c r="D145">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E145">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F145" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G145" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
-        <v>357</v>
+        <v>354</v>
       </c>
       <c r="B146" t="s">
-        <v>358</v>
+        <v>355</v>
       </c>
       <c r="C146">
-        <v>93</v>
+        <v>211</v>
       </c>
       <c r="D146">
-        <v>6.2</v>
+        <v>6</v>
       </c>
       <c r="E146">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F146" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G146" t="s">
-        <v>359</v>
+        <v>356</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
-        <v>360</v>
+        <v>357</v>
       </c>
       <c r="B147" t="s">
-        <v>361</v>
+        <v>358</v>
       </c>
       <c r="C147">
-        <v>378</v>
+        <v>102</v>
       </c>
       <c r="D147">
-        <v>4.3</v>
+        <v>6</v>
       </c>
       <c r="E147">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F147" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="G147" t="s">
+        <v>25</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
-        <v>362</v>
+        <v>359</v>
       </c>
       <c r="B148" t="s">
-        <v>353</v>
+        <v>360</v>
       </c>
       <c r="C148">
-        <v>132</v>
+        <v>28</v>
       </c>
       <c r="D148">
-        <v>4.1</v>
+        <v>5.2</v>
       </c>
       <c r="E148">
-        <v>14.95</v>
+        <v>11.95</v>
       </c>
       <c r="F148" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G148" t="s">
-        <v>363</v>
+        <v>361</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
-        <v>364</v>
+        <v>362</v>
       </c>
       <c r="B149" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="C149">
-        <v>7</v>
+        <v>60</v>
       </c>
       <c r="D149">
-        <v>6.1</v>
+        <v>7.5</v>
       </c>
       <c r="E149">
         <v>9.95</v>
       </c>
       <c r="F149" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G149" t="s">
-        <v>366</v>
+        <v>364</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
-        <v>367</v>
+        <v>365</v>
       </c>
       <c r="B150" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="C150">
-        <v>133</v>
+        <v>69</v>
       </c>
       <c r="D150">
-        <v>6</v>
+        <v>7.4</v>
       </c>
       <c r="E150">
         <v>9.95</v>
       </c>
       <c r="F150" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G150" t="s">
-        <v>16</v>
+        <v>289</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="B151" t="s">
-        <v>370</v>
+        <v>45</v>
       </c>
       <c r="C151">
-        <v>8</v>
+        <v>89</v>
       </c>
       <c r="D151">
-        <v>7.7</v>
+        <v>7.1</v>
       </c>
       <c r="E151">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F151" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G151" t="s">
-        <v>371</v>
+        <v>368</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>372</v>
+        <v>369</v>
       </c>
       <c r="B152" t="s">
-        <v>373</v>
+        <v>370</v>
       </c>
       <c r="C152">
         <v>145</v>
       </c>
       <c r="D152">
-        <v>6</v>
+        <v>5.2</v>
       </c>
       <c r="E152">
-        <v>16.95</v>
+        <v>14.95</v>
       </c>
       <c r="F152" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G152" t="s">
-        <v>374</v>
+        <v>371</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
-        <v>375</v>
+        <v>372</v>
       </c>
       <c r="B153" t="s">
         <v>373</v>
       </c>
       <c r="C153">
-        <v>165</v>
+        <v>132</v>
       </c>
       <c r="D153">
         <v>6</v>
       </c>
       <c r="E153">
-        <v>16.95</v>
+        <v>15.95</v>
       </c>
       <c r="F153" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G153" t="s">
-        <v>40</v>
+        <v>119</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
-        <v>376</v>
+        <v>374</v>
       </c>
       <c r="B154" t="s">
-        <v>377</v>
+        <v>317</v>
       </c>
       <c r="C154">
-        <v>233</v>
+        <v>337</v>
       </c>
       <c r="D154">
-        <v>5.7</v>
+        <v>7.1</v>
       </c>
       <c r="E154">
-        <v>16.95</v>
+        <v>9.95</v>
       </c>
       <c r="F154" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G154" t="s">
-        <v>170</v>
+        <v>375</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>378</v>
+        <v>376</v>
       </c>
       <c r="B155" t="s">
-        <v>54</v>
+        <v>377</v>
       </c>
       <c r="C155">
-        <v>206</v>
+        <v>166</v>
       </c>
       <c r="D155">
-        <v>6</v>
+        <v>4.3</v>
       </c>
       <c r="E155">
         <v>14.95</v>
       </c>
       <c r="F155" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G155" t="s">
-        <v>379</v>
+        <v>378</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>380</v>
+        <v>379</v>
       </c>
       <c r="B156" t="s">
-        <v>381</v>
+        <v>300</v>
       </c>
       <c r="C156">
-        <v>6</v>
+        <v>304</v>
       </c>
       <c r="D156">
-        <v>6</v>
+        <v>5.7</v>
       </c>
       <c r="E156">
-        <v>16.95</v>
+        <v>12.95</v>
       </c>
       <c r="F156" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G156" t="s">
-        <v>382</v>
+        <v>34</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>383</v>
+        <v>380</v>
       </c>
       <c r="B157" t="s">
-        <v>384</v>
+        <v>381</v>
       </c>
       <c r="C157">
-        <v>111</v>
+        <v>241</v>
       </c>
       <c r="D157">
-        <v>4.5</v>
+        <v>6</v>
       </c>
       <c r="E157">
         <v>14.95</v>
       </c>
       <c r="F157" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G157" t="s">
-        <v>385</v>
+        <v>34</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>386</v>
+        <v>382</v>
       </c>
       <c r="B158" t="s">
-        <v>250</v>
+        <v>383</v>
       </c>
       <c r="C158">
-        <v>99</v>
+        <v>83</v>
       </c>
       <c r="D158">
-        <v>6</v>
+        <v>6.8</v>
       </c>
       <c r="E158">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F158" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G158" t="s">
-        <v>382</v>
+        <v>119</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>387</v>
+        <v>384</v>
       </c>
       <c r="B159" t="s">
-        <v>277</v>
+        <v>385</v>
       </c>
       <c r="C159">
-        <v>78</v>
+        <v>138</v>
       </c>
       <c r="D159">
-        <v>6.5</v>
+        <v>4.1</v>
       </c>
       <c r="E159">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F159" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G159" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="B160" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="C160">
-        <v>180</v>
+        <v>119</v>
       </c>
       <c r="D160">
-        <v>6.3</v>
+        <v>6</v>
       </c>
       <c r="E160">
-        <v>7.95</v>
+        <v>9.95</v>
       </c>
       <c r="F160" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G160" t="s">
-        <v>16</v>
+        <v>23</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B161" t="s">
-        <v>304</v>
+        <v>366</v>
       </c>
       <c r="C161">
-        <v>183</v>
+        <v>521</v>
       </c>
       <c r="D161">
-        <v>6</v>
+        <v>7.4</v>
       </c>
       <c r="E161">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F161" t="s">
-        <v>9</v>
+        <v>13</v>
+      </c>
+      <c r="G161" t="s">
+        <v>390</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
+        <v>391</v>
+      </c>
+      <c r="B162" t="s">
         <v>392</v>
       </c>
-      <c r="B162" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C162">
-        <v>6</v>
+        <v>111</v>
       </c>
       <c r="D162">
-        <v>4.7</v>
+        <v>7.9</v>
       </c>
       <c r="E162">
-        <v>9.95</v>
+        <v>16.95</v>
       </c>
       <c r="F162" t="s">
         <v>9</v>
       </c>
       <c r="G162" t="s">
-        <v>394</v>
+        <v>61</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>395</v>
+        <v>393</v>
       </c>
       <c r="B163" t="s">
-        <v>78</v>
+        <v>394</v>
       </c>
       <c r="C163">
-        <v>122</v>
+        <v>0</v>
       </c>
       <c r="D163">
-        <v>7.2</v>
-[...8 lines deleted...]
-        <v>396</v>
+        <v>5</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="B164" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="C164">
-        <v>47</v>
+        <v>39</v>
       </c>
       <c r="D164">
         <v>7.4</v>
       </c>
       <c r="E164">
         <v>14.95</v>
       </c>
       <c r="F164" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G164" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B165" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="C165">
-        <v>83</v>
+        <v>60</v>
       </c>
       <c r="D165">
-        <v>7.3</v>
+        <v>8.6</v>
       </c>
       <c r="E165">
-        <v>16.95</v>
+        <v>9.95</v>
       </c>
       <c r="F165" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G165" t="s">
-        <v>102</v>
+        <v>23</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B166" t="s">
-        <v>403</v>
+        <v>383</v>
       </c>
       <c r="C166">
-        <v>132</v>
+        <v>9</v>
       </c>
       <c r="D166">
-        <v>6</v>
+        <v>6.7</v>
       </c>
       <c r="E166">
-        <v>13.95</v>
+        <v>14.95</v>
       </c>
       <c r="F166" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G166" t="s">
-        <v>215</v>
+        <v>401</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="B167" t="s">
-        <v>333</v>
+        <v>403</v>
       </c>
       <c r="C167">
-        <v>1</v>
+        <v>86</v>
       </c>
       <c r="D167">
-        <v>6.3</v>
+        <v>4.5</v>
       </c>
       <c r="E167">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F167" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G167" t="s">
-        <v>405</v>
+        <v>25</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
+        <v>404</v>
+      </c>
+      <c r="B168" t="s">
+        <v>405</v>
+      </c>
+      <c r="C168">
+        <v>211</v>
+      </c>
+      <c r="D168">
+        <v>4.7</v>
+      </c>
+      <c r="E168">
+        <v>9.95</v>
+      </c>
+      <c r="F168" t="s">
+        <v>13</v>
+      </c>
+      <c r="G168" t="s">
         <v>406</v>
-      </c>
-[...16 lines deleted...]
-        <v>407</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
+        <v>407</v>
+      </c>
+      <c r="B169" t="s">
         <v>408</v>
       </c>
-      <c r="B169" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C169">
-        <v>115</v>
+        <v>0</v>
       </c>
       <c r="D169">
-        <v>6</v>
+        <v>3.8</v>
       </c>
       <c r="E169">
-        <v>14.95</v>
+        <v>14.5</v>
       </c>
       <c r="F169" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G169" t="s">
-        <v>409</v>
+        <v>361</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
+        <v>409</v>
+      </c>
+      <c r="B170" t="s">
+        <v>405</v>
+      </c>
+      <c r="C170">
+        <v>193</v>
+      </c>
+      <c r="D170">
+        <v>4.9</v>
+      </c>
+      <c r="E170">
+        <v>9.95</v>
+      </c>
+      <c r="F170" t="s">
+        <v>13</v>
+      </c>
+      <c r="G170" t="s">
         <v>410</v>
-      </c>
-[...16 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
+        <v>411</v>
+      </c>
+      <c r="B171" t="s">
         <v>412</v>
       </c>
-      <c r="B171" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C171">
-        <v>267</v>
+        <v>96</v>
       </c>
       <c r="D171">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E171">
         <v>14.95</v>
       </c>
       <c r="F171" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G171" t="s">
-        <v>414</v>
+        <v>119</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>415</v>
+        <v>413</v>
       </c>
       <c r="B172" t="s">
-        <v>319</v>
+        <v>414</v>
       </c>
       <c r="C172">
-        <v>79</v>
+        <v>183</v>
       </c>
       <c r="D172">
-        <v>7.4</v>
+        <v>6</v>
       </c>
       <c r="E172">
-        <v>9.95</v>
+        <v>7.95</v>
       </c>
       <c r="F172" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G172" t="s">
-        <v>121</v>
+        <v>25</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
+        <v>415</v>
+      </c>
+      <c r="B173" t="s">
         <v>416</v>
       </c>
-      <c r="B173" t="s">
+      <c r="C173">
+        <v>9</v>
+      </c>
+      <c r="D173">
+        <v>6.5</v>
+      </c>
+      <c r="E173">
+        <v>14.95</v>
+      </c>
+      <c r="F173" t="s">
+        <v>13</v>
+      </c>
+      <c r="G173" t="s">
         <v>417</v>
-      </c>
-[...13 lines deleted...]
-        <v>418</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
+        <v>418</v>
+      </c>
+      <c r="B174" t="s">
+        <v>381</v>
+      </c>
+      <c r="C174">
+        <v>86</v>
+      </c>
+      <c r="D174">
+        <v>6.1</v>
+      </c>
+      <c r="E174">
+        <v>14.95</v>
+      </c>
+      <c r="F174" t="s">
+        <v>13</v>
+      </c>
+      <c r="G174" t="s">
         <v>419</v>
-      </c>
-[...13 lines deleted...]
-        <v>9</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="B175" t="s">
-        <v>422</v>
+        <v>355</v>
       </c>
       <c r="C175">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="D175">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="E175">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F175" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G175" t="s">
-        <v>206</v>
+        <v>155</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
+        <v>421</v>
+      </c>
+      <c r="B176" t="s">
+        <v>422</v>
+      </c>
+      <c r="C176">
+        <v>52</v>
+      </c>
+      <c r="D176">
+        <v>8.4</v>
+      </c>
+      <c r="E176">
+        <v>17.95</v>
+      </c>
+      <c r="F176" t="s">
+        <v>13</v>
+      </c>
+      <c r="G176" t="s">
         <v>423</v>
-      </c>
-[...16 lines deleted...]
-        <v>425</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>426</v>
+        <v>424</v>
       </c>
       <c r="B177" t="s">
-        <v>427</v>
+        <v>392</v>
       </c>
       <c r="C177">
-        <v>51</v>
+        <v>133</v>
       </c>
       <c r="D177">
-        <v>5.9</v>
+        <v>7.8</v>
       </c>
       <c r="E177">
-        <v>14.95</v>
+        <v>16.95</v>
       </c>
       <c r="F177" t="s">
-        <v>61</v>
+        <v>9</v>
       </c>
       <c r="G177" t="s">
-        <v>428</v>
+        <v>262</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>429</v>
+        <v>425</v>
       </c>
       <c r="B178" t="s">
-        <v>430</v>
+        <v>426</v>
       </c>
       <c r="C178">
-        <v>314</v>
+        <v>187</v>
       </c>
       <c r="D178">
-        <v>5.2</v>
+        <v>6.2</v>
       </c>
       <c r="E178">
-        <v>5.95</v>
+        <v>14.95</v>
       </c>
       <c r="F178" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G178" t="s">
-        <v>16</v>
+        <v>427</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>431</v>
+        <v>428</v>
       </c>
       <c r="B179" t="s">
-        <v>430</v>
+        <v>429</v>
       </c>
       <c r="C179">
-        <v>130</v>
+        <v>3</v>
       </c>
       <c r="D179">
-        <v>5</v>
+        <v>5.2</v>
       </c>
       <c r="E179">
-        <v>5.95</v>
+        <v>14.95</v>
       </c>
       <c r="F179" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G179" t="s">
-        <v>206</v>
+        <v>119</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>432</v>
-[...2 lines deleted...]
-        <v>340</v>
+        <v>430</v>
       </c>
       <c r="C180">
-        <v>319</v>
-[...11 lines deleted...]
-        <v>433</v>
+        <v>117</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>434</v>
+        <v>431</v>
       </c>
       <c r="B181" t="s">
-        <v>275</v>
+        <v>363</v>
       </c>
       <c r="C181">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="D181">
-        <v>6.3</v>
+        <v>7.5</v>
       </c>
       <c r="E181">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F181" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G181" t="s">
-        <v>433</v>
+        <v>310</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>435</v>
+        <v>432</v>
       </c>
       <c r="B182" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C182">
-        <v>216</v>
+        <v>90</v>
       </c>
       <c r="D182">
-        <v>6.3</v>
+        <v>5</v>
       </c>
       <c r="E182">
         <v>14.95</v>
       </c>
       <c r="F182" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G182" t="s">
-        <v>437</v>
+        <v>434</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>438</v>
+        <v>435</v>
       </c>
       <c r="B183" t="s">
-        <v>338</v>
+        <v>436</v>
       </c>
       <c r="C183">
-        <v>428</v>
+        <v>38</v>
       </c>
       <c r="D183">
-        <v>6</v>
+        <v>7.6</v>
       </c>
       <c r="E183">
         <v>14.95</v>
       </c>
       <c r="F183" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G183" t="s">
-        <v>439</v>
+        <v>437</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
+        <v>438</v>
+      </c>
+      <c r="B184" t="s">
+        <v>439</v>
+      </c>
+      <c r="C184">
+        <v>24</v>
+      </c>
+      <c r="D184">
+        <v>6</v>
+      </c>
+      <c r="E184">
+        <v>14.95</v>
+      </c>
+      <c r="F184" t="s">
+        <v>13</v>
+      </c>
+      <c r="G184" t="s">
         <v>440</v>
-      </c>
-[...16 lines deleted...]
-        <v>442</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>443</v>
+        <v>441</v>
       </c>
       <c r="B185" t="s">
-        <v>361</v>
+        <v>377</v>
       </c>
       <c r="C185">
-        <v>348</v>
+        <v>373</v>
       </c>
       <c r="D185">
-        <v>5.3</v>
+        <v>4.3</v>
       </c>
       <c r="E185">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F185" t="s">
-        <v>61</v>
-[...2 lines deleted...]
-        <v>396</v>
+        <v>13</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>444</v>
+        <v>442</v>
       </c>
       <c r="B186" t="s">
-        <v>445</v>
+        <v>385</v>
       </c>
       <c r="C186">
-        <v>140</v>
+        <v>127</v>
       </c>
       <c r="D186">
-        <v>8.2</v>
+        <v>4.1</v>
       </c>
       <c r="E186">
-        <v>16.5</v>
+        <v>14.95</v>
       </c>
       <c r="F186" t="s">
-        <v>61</v>
+        <v>13</v>
       </c>
       <c r="G186" t="s">
-        <v>163</v>
+        <v>443</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>446</v>
+        <v>444</v>
       </c>
       <c r="B187" t="s">
-        <v>361</v>
+        <v>445</v>
       </c>
       <c r="C187">
-        <v>179</v>
+        <v>251</v>
       </c>
       <c r="D187">
-        <v>4.3</v>
+        <v>6</v>
       </c>
       <c r="E187">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F187" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G187" t="s">
-        <v>447</v>
+        <v>23</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>448</v>
+        <v>446</v>
       </c>
       <c r="B188" t="s">
-        <v>449</v>
+        <v>447</v>
       </c>
       <c r="C188">
-        <v>5</v>
+        <v>349</v>
       </c>
       <c r="D188">
-        <v>4</v>
+        <v>7.4</v>
       </c>
       <c r="E188">
-        <v>9.95</v>
+        <v>13.95</v>
       </c>
       <c r="F188" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G188" t="s">
-        <v>394</v>
+        <v>17</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="B189" t="s">
-        <v>451</v>
+        <v>426</v>
       </c>
       <c r="C189">
-        <v>4</v>
+        <v>46</v>
       </c>
       <c r="D189">
-        <v>6.3</v>
+        <v>6.4</v>
       </c>
       <c r="E189">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F189" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G189" t="s">
-        <v>16</v>
+        <v>449</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="B190" t="s">
-        <v>346</v>
+        <v>451</v>
       </c>
       <c r="C190">
-        <v>188</v>
+        <v>160</v>
       </c>
       <c r="D190">
-        <v>6.2</v>
+        <v>6</v>
       </c>
       <c r="E190">
-        <v>14.95</v>
+        <v>16.95</v>
       </c>
       <c r="F190" t="s">
         <v>9</v>
       </c>
       <c r="G190" t="s">
-        <v>268</v>
+        <v>452</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
         <v>453</v>
       </c>
       <c r="B191" t="s">
-        <v>454</v>
+        <v>42</v>
       </c>
       <c r="C191">
-        <v>107</v>
+        <v>160</v>
       </c>
       <c r="D191">
         <v>6</v>
       </c>
       <c r="E191">
-        <v>9.95</v>
+        <v>16.95</v>
       </c>
       <c r="F191" t="s">
         <v>9</v>
       </c>
       <c r="G191" t="s">
-        <v>206</v>
+        <v>298</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
+        <v>454</v>
+      </c>
+      <c r="B192" t="s">
         <v>455</v>
       </c>
-      <c r="B192" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C192">
-        <v>136</v>
+        <v>198</v>
       </c>
       <c r="D192">
-        <v>5.1</v>
+        <v>6.3</v>
       </c>
       <c r="E192">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F192" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G192" t="s">
-        <v>34</v>
+        <v>456</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="B193" t="s">
-        <v>457</v>
+        <v>285</v>
       </c>
       <c r="C193">
-        <v>161</v>
+        <v>360</v>
       </c>
       <c r="D193">
         <v>6</v>
       </c>
       <c r="E193">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F193" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G193" t="s">
-        <v>55</v>
+        <v>427</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
         <v>458</v>
       </c>
       <c r="B194" t="s">
+        <v>373</v>
+      </c>
+      <c r="C194">
+        <v>79</v>
+      </c>
+      <c r="D194">
+        <v>6</v>
+      </c>
+      <c r="E194">
+        <v>15.95</v>
+      </c>
+      <c r="F194" t="s">
+        <v>13</v>
+      </c>
+      <c r="G194" t="s">
         <v>459</v>
-      </c>
-[...13 lines deleted...]
-        <v>460</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
+        <v>460</v>
+      </c>
+      <c r="B195" t="s">
         <v>461</v>
       </c>
-      <c r="B195" t="s">
+      <c r="C195">
+        <v>314</v>
+      </c>
+      <c r="D195">
+        <v>6</v>
+      </c>
+      <c r="E195">
+        <v>14.95</v>
+      </c>
+      <c r="F195" t="s">
+        <v>13</v>
+      </c>
+      <c r="G195" t="s">
         <v>462</v>
-      </c>
-[...13 lines deleted...]
-        <v>394</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
         <v>463</v>
       </c>
       <c r="B196" t="s">
-        <v>63</v>
+        <v>412</v>
       </c>
       <c r="C196">
-        <v>72</v>
+        <v>204</v>
       </c>
       <c r="D196">
-        <v>7.5</v>
+        <v>6</v>
       </c>
       <c r="E196">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F196" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G196" t="s">
-        <v>394</v>
+        <v>459</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
         <v>464</v>
       </c>
       <c r="B197" t="s">
-        <v>310</v>
+        <v>248</v>
       </c>
       <c r="C197">
-        <v>97</v>
+        <v>61</v>
       </c>
       <c r="D197">
-        <v>7.9</v>
+        <v>4.6</v>
       </c>
       <c r="E197">
-        <v>9.95</v>
+        <v>12.95</v>
       </c>
       <c r="F197" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G197" t="s">
-        <v>146</v>
+        <v>465</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="B198" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C198">
-        <v>198</v>
+        <v>180</v>
       </c>
       <c r="D198">
         <v>6</v>
       </c>
       <c r="E198">
-        <v>7.95</v>
+        <v>14.95</v>
       </c>
       <c r="F198" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G198" t="s">
-        <v>206</v>
+        <v>468</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="B199" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="C199">
-        <v>93</v>
+        <v>216</v>
       </c>
       <c r="D199">
-        <v>7.4</v>
+        <v>5.7</v>
       </c>
       <c r="E199">
-        <v>7.95</v>
+        <v>16.95</v>
       </c>
       <c r="F199" t="s">
         <v>9</v>
       </c>
       <c r="G199" t="s">
-        <v>469</v>
+        <v>371</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="B200" t="s">
-        <v>471</v>
+        <v>377</v>
       </c>
       <c r="C200">
-        <v>812</v>
+        <v>317</v>
       </c>
       <c r="D200">
-        <v>6</v>
+        <v>5.3</v>
       </c>
       <c r="E200">
-        <v>6.95</v>
+        <v>15.95</v>
       </c>
       <c r="F200" t="s">
         <v>9</v>
       </c>
       <c r="G200" t="s">
-        <v>206</v>
+        <v>46</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
         <v>472</v>
       </c>
       <c r="B201" t="s">
-        <v>459</v>
+        <v>473</v>
       </c>
       <c r="C201">
-        <v>119</v>
+        <v>300</v>
       </c>
       <c r="D201">
-        <v>6.9</v>
+        <v>6.5</v>
       </c>
       <c r="E201">
-        <v>7.95</v>
+        <v>9.95</v>
       </c>
       <c r="F201" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G201" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B202" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="C202">
-        <v>17</v>
+        <v>89</v>
       </c>
       <c r="D202">
         <v>6</v>
       </c>
       <c r="E202">
-        <v>9.95</v>
+        <v>16.95</v>
       </c>
       <c r="F202" t="s">
         <v>9</v>
       </c>
       <c r="G202" t="s">
-        <v>16</v>
+        <v>161</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="B203" t="s">
-        <v>261</v>
+        <v>478</v>
       </c>
       <c r="C203">
-        <v>269</v>
+        <v>394</v>
       </c>
       <c r="D203">
-        <v>6</v>
+        <v>6.5</v>
       </c>
       <c r="E203">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F203" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G203" t="s">
-        <v>433</v>
+        <v>479</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
       <c r="B204" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="C204">
-        <v>355</v>
+        <v>4</v>
       </c>
       <c r="D204">
-        <v>7.4</v>
+        <v>6.3</v>
       </c>
       <c r="E204">
-        <v>13.95</v>
+        <v>9.95</v>
       </c>
       <c r="F204" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G204" t="s">
-        <v>229</v>
+        <v>23</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="B205" t="s">
-        <v>480</v>
+        <v>476</v>
       </c>
       <c r="C205">
-        <v>1</v>
+        <v>303</v>
       </c>
       <c r="D205">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="E205">
-        <v>1.75</v>
+        <v>16.95</v>
       </c>
       <c r="F205" t="s">
         <v>9</v>
       </c>
+      <c r="G205" t="s">
+        <v>427</v>
+      </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>481</v>
+        <v>483</v>
       </c>
       <c r="B206" t="s">
-        <v>331</v>
+        <v>439</v>
       </c>
       <c r="C206">
-        <v>125</v>
+        <v>7</v>
       </c>
       <c r="D206">
         <v>6</v>
       </c>
       <c r="E206">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F206" t="s">
-        <v>9</v>
+        <v>13</v>
       </c>
       <c r="G206" t="s">
-        <v>206</v>
+        <v>484</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B207" t="s">
-        <v>483</v>
+        <v>486</v>
       </c>
       <c r="C207">
-        <v>119</v>
+        <v>1</v>
       </c>
       <c r="D207">
-        <v>6.4</v>
+        <v>6.9</v>
       </c>
       <c r="E207">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F207" t="s">
         <v>9</v>
       </c>
       <c r="G207" t="s">
-        <v>405</v>
+        <v>487</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>484</v>
-[...2 lines deleted...]
-        <v>24</v>
+        <v>488</v>
       </c>
       <c r="C208">
-        <v>245</v>
-[...11 lines deleted...]
-        <v>485</v>
+        <v>98</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>486</v>
-[...17 lines deleted...]
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
         <v>489</v>
       </c>
-      <c r="B210" t="s">
-[...16 lines deleted...]
-      </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>490</v>
-[...14 lines deleted...]
-        <v>491</v>
+        <v>489</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>492</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>490</v>
       </c>
       <c r="C212">
-        <v>303</v>
-[...11 lines deleted...]
-        <v>268</v>
+        <v>9988</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>494</v>
+        <v>491</v>
       </c>
       <c r="B213" t="s">
-        <v>495</v>
+        <v>491</v>
       </c>
       <c r="C213">
-        <v>319</v>
-[...11 lines deleted...]
-        <v>496</v>
+        <v>954</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="B214" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="C214">
-        <v>29</v>
-[...11 lines deleted...]
-        <v>55</v>
+        <v>0</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="B215" t="s">
-        <v>323</v>
+        <v>495</v>
       </c>
       <c r="C215">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="D215">
-        <v>6</v>
-[...8 lines deleted...]
-        <v>500</v>
+        <v>7.9</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="B216" t="s">
-        <v>427</v>
+        <v>497</v>
       </c>
       <c r="C216">
-        <v>35</v>
+        <v>18263</v>
       </c>
       <c r="D216">
-        <v>6</v>
-[...8 lines deleted...]
-        <v>502</v>
+        <v>1</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>503</v>
-[...2 lines deleted...]
-        <v>504</v>
+        <v>498</v>
       </c>
       <c r="C217">
-        <v>185</v>
-[...11 lines deleted...]
-        <v>229</v>
+        <v>986</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>505</v>
-[...2 lines deleted...]
-        <v>493</v>
+        <v>499</v>
       </c>
       <c r="C218">
-        <v>90</v>
-[...11 lines deleted...]
-        <v>388</v>
+        <v>988</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>506</v>
+        <v>500</v>
       </c>
       <c r="B219" t="s">
-        <v>507</v>
+        <v>500</v>
       </c>
       <c r="C219">
-        <v>19</v>
+        <v>100</v>
       </c>
       <c r="D219">
-        <v>6.5</v>
-[...187 lines deleted...]
-      <c r="D234">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>