--- v1 (2025-12-07)
+++ v2 (2026-02-05)
@@ -12,1514 +12,1589 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Worksheet" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="0" fullCalcOnLoad="1" forceFullCalc="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="501">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="526">
   <si>
     <t>item</t>
   </si>
   <si>
     <t>name</t>
   </si>
   <si>
     <t>qty</t>
   </si>
   <si>
     <t>weight</t>
   </si>
   <si>
     <t>price</t>
   </si>
   <si>
     <t>size</t>
   </si>
   <si>
     <t>color</t>
   </si>
   <si>
+    <t>marc</t>
+  </si>
+  <si>
+    <t>marc kristel</t>
+  </si>
+  <si>
+    <t>D2121 Neon Pink</t>
+  </si>
+  <si>
+    <t>2pc Sheer Lace Open Babydoll Teddy &amp; Lace Garters</t>
+  </si>
+  <si>
+    <t>One Size</t>
+  </si>
+  <si>
+    <t>B2150 Strawberry Daiquiri</t>
+  </si>
+  <si>
+    <t>2pc Wired Cups CutOut Garter Teddy With Lace Up Neckline &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Strawberry Daiquiri</t>
+  </si>
+  <si>
+    <t>L2212 Black Twinkle Coral</t>
+  </si>
+  <si>
+    <t>3pc Lacy Garter Belt Panty, Bra &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Black Twinkle Coral</t>
+  </si>
+  <si>
+    <t>D2201 Black Flash Pink</t>
+  </si>
+  <si>
+    <t>2pc Lacy teddy Demi Cups , Plunge Front, Open Snap Crotch &amp; Stockings.</t>
+  </si>
+  <si>
+    <t>Black Flash Pink</t>
+  </si>
+  <si>
+    <t>OH2355 Red</t>
+  </si>
+  <si>
+    <t>3pc Open Cups Garter Dress with Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Red</t>
+  </si>
+  <si>
+    <t>OH2356 Fairy Tale Pink</t>
+  </si>
+  <si>
+    <t>3pc Bustier , High Waist Cheekini &amp; Lace Garters</t>
+  </si>
+  <si>
+    <t>Fairy Tale Pink</t>
+  </si>
+  <si>
+    <t>BL2383 Black</t>
+  </si>
+  <si>
+    <t>4pc Lace up Bra, Garter Belt, Thong Set</t>
+  </si>
+  <si>
+    <t>Black</t>
+  </si>
+  <si>
+    <t>BL2383 Red</t>
+  </si>
+  <si>
+    <t>OH2408 Pink Rosé</t>
+  </si>
+  <si>
+    <t>3pc Studded Bustier Top &amp; Hiphugger Set &amp; Garters</t>
+  </si>
+  <si>
+    <t>Pink Rosé</t>
+  </si>
+  <si>
+    <t>OH2405 Rose Angel</t>
+  </si>
+  <si>
+    <t>3pc Criss Cross Sheer Mini Dress w/  Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Rose Angel</t>
+  </si>
+  <si>
+    <t>OH2453 Strawberry Lipstick</t>
+  </si>
+  <si>
+    <t>3pc Garter Top bra with Ruffled Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Strawberry Lipstick</t>
+  </si>
+  <si>
+    <t>Oh2455 Red Brûlée</t>
+  </si>
+  <si>
+    <t>3pc Garter Corset Top, Open Crotch Panty &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Red Brûlée</t>
+  </si>
+  <si>
+    <t>OH2452 Pink Ecstasy</t>
+  </si>
+  <si>
+    <t>3pc Flyaway Babydoll, Tie Front, Garter Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Pink Ecstasy</t>
+  </si>
+  <si>
+    <t>OH2463 Red Fiery</t>
+  </si>
+  <si>
+    <t>4pc Zipper Top with Garter Mini Skirt, Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Red Fiery</t>
+  </si>
+  <si>
+    <t>OH2459 Velvet Red</t>
+  </si>
+  <si>
+    <t>1pc Open Crotch Halter Laced Teddy</t>
+  </si>
+  <si>
+    <t>Velvet Red</t>
+  </si>
+  <si>
+    <t>OH2550 Tango Red</t>
+  </si>
+  <si>
+    <t>3pc Slitted Crop Babydoll, Thong &amp; Garters</t>
+  </si>
+  <si>
+    <t>Tango Red</t>
+  </si>
+  <si>
+    <t>OH2557 Berry Extravaganza</t>
+  </si>
+  <si>
+    <t>2pc Dramatic Lace Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Berry Extravaganza</t>
+  </si>
+  <si>
+    <t>OH2554 Poppi Red</t>
+  </si>
+  <si>
+    <t>2pc Sexy Feminine Laced Babydoll &amp; Thong</t>
+  </si>
+  <si>
+    <t>Poppi Red</t>
+  </si>
+  <si>
+    <t>Oh2562 Burgundy</t>
+  </si>
+  <si>
+    <t>3pc Ultra Provocative Sheer Halter Mini Babydoll Dress, Thong &amp; Garters</t>
+  </si>
+  <si>
+    <t>Burgundy</t>
+  </si>
+  <si>
+    <t>B1303 Black/Red</t>
+  </si>
+  <si>
+    <t>1Pc Essence Of Glamour Teddy</t>
+  </si>
+  <si>
+    <t>Black/Red</t>
+  </si>
+  <si>
+    <t>L1626 Melon Blue</t>
+  </si>
+  <si>
+    <t>2Pc Cut Out Hiphugger Set &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Melon Blue</t>
+  </si>
+  <si>
+    <t>B1623 Neon Pink</t>
+  </si>
+  <si>
+    <t>2pc Daringly Strappy Teddy &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>Neon Pink</t>
+  </si>
+  <si>
+    <t>B2227 Blue Babe</t>
+  </si>
+  <si>
+    <t>3pc Lace up Garter Corset With Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Blue Babe</t>
+  </si>
+  <si>
+    <t>OH2330 Green Quartz</t>
+  </si>
+  <si>
+    <t>3pc Lovers Corset, Tattoo Lace, Wired Cups, Key Holes &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Green Quartz</t>
+  </si>
+  <si>
+    <t>OH2330 French Blue</t>
+  </si>
+  <si>
+    <t>French Blue</t>
+  </si>
+  <si>
+    <t>OH2468 Cinnamon Red</t>
+  </si>
+  <si>
+    <t>2pc Satin Straps Bra and High Waist Panty</t>
+  </si>
+  <si>
+    <t>Cinnamon Red</t>
+  </si>
+  <si>
+    <t>OH2462 Italian Plum</t>
+  </si>
+  <si>
+    <t>4pc Bra, High Waist Panty, Garter Belt &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Italian Plum</t>
+  </si>
+  <si>
+    <t>OH2453 Mellow Mocha</t>
+  </si>
+  <si>
+    <t>Mellow Mocha</t>
+  </si>
+  <si>
+    <t>OH2454 Cool Babe</t>
+  </si>
+  <si>
+    <t>3pc Tie Front Babydoll, Garter Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Cool Babe</t>
+  </si>
+  <si>
+    <t>OH2454 Raspberry</t>
+  </si>
+  <si>
+    <t>Raspberry</t>
+  </si>
+  <si>
+    <t>OH2465 Black</t>
+  </si>
+  <si>
+    <t>1pc Metal Grommets Strappy Teddy</t>
+  </si>
+  <si>
+    <t>OH2465 Evergreen</t>
+  </si>
+  <si>
+    <t>Evergreen</t>
+  </si>
+  <si>
+    <t>OH2461 Baritone Blue</t>
+  </si>
+  <si>
+    <t>2pc Halter bodysuit With Garters and Stockings.</t>
+  </si>
+  <si>
+    <t>Baritone Blue</t>
+  </si>
+  <si>
+    <t>OH2452 Amethyst Crystal</t>
+  </si>
+  <si>
+    <t>Amethyst Crystal</t>
+  </si>
+  <si>
+    <t>OH2456 Maid</t>
+  </si>
+  <si>
+    <t>5pc Laced Garter Corset With Cutouts Thong, Headband, Laced Chocker &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Maid</t>
+  </si>
+  <si>
+    <t>OH2459 Velvet Lavender</t>
+  </si>
+  <si>
+    <t>Velvet Lavender</t>
+  </si>
+  <si>
+    <t>OH2476PQ Evergreen</t>
+  </si>
+  <si>
+    <t>2pc Flyaway Slitted Babydoll Teddy with Snap Crotch &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>Queen Size</t>
+  </si>
+  <si>
+    <t>OH2502 Purple Haze</t>
+  </si>
+  <si>
+    <t>2pc Open Crotch Halter Lace Cutout Teddy &amp; Garters</t>
+  </si>
+  <si>
+    <t>Purple Haze</t>
+  </si>
+  <si>
+    <t>OH2529PQ Italian Plum</t>
+  </si>
+  <si>
+    <t>3pc Halter Laced Mini Dress, Open back, Thong and Garters</t>
+  </si>
+  <si>
+    <t>OH2551 Blackberry</t>
+  </si>
+  <si>
+    <t>4pc Lace Up Bra, Garter Belt, Panty &amp; Garters</t>
+  </si>
+  <si>
+    <t>Blackberry</t>
+  </si>
+  <si>
+    <t>OH2551 Shimmer Blue</t>
+  </si>
+  <si>
+    <t>Shimmer Blue</t>
+  </si>
+  <si>
+    <t>OH2551 Tango Red</t>
+  </si>
+  <si>
+    <t>OH2550 Blaze Orange</t>
+  </si>
+  <si>
+    <t>Blaze Orange</t>
+  </si>
+  <si>
+    <t>OH2553 French Pink</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1pc Sheer Laced Strappy Cutout Teddy </t>
+  </si>
+  <si>
+    <t>French Pink</t>
+  </si>
+  <si>
+    <t>OH2556 Black</t>
+  </si>
+  <si>
+    <t>1pc Ultra-Sexy Open Back Lace Teddy</t>
+  </si>
+  <si>
+    <t>OH2556 Silver Pink</t>
+  </si>
+  <si>
+    <t>Silver Pink</t>
+  </si>
+  <si>
+    <t>OH2557 Wine Kiss</t>
+  </si>
+  <si>
+    <t>Wine Kiss</t>
+  </si>
+  <si>
+    <t>OH2560 Sparkling Grape</t>
+  </si>
+  <si>
+    <t>3pc Robe Set With Bra and Open Crotch Panty</t>
+  </si>
+  <si>
+    <t>Sparkling Grape</t>
+  </si>
+  <si>
+    <t>OH2560 Sun Dried Tomato</t>
+  </si>
+  <si>
+    <t>Sun Dried Tomato</t>
+  </si>
+  <si>
+    <t>OH2554 Vibrant Jade</t>
+  </si>
+  <si>
+    <t>Vibrant Jade</t>
+  </si>
+  <si>
+    <t>OH2552 Greek Blue</t>
+  </si>
+  <si>
+    <t>2pc Laced Open Front Bustier &amp; Boyshort Panty</t>
+  </si>
+  <si>
+    <t>Greek Blue</t>
+  </si>
+  <si>
+    <t>OH2552 Watermelon Splash</t>
+  </si>
+  <si>
+    <t>Watermelon Splash</t>
+  </si>
+  <si>
+    <t>OH2564 Sunset Sorbet</t>
+  </si>
+  <si>
+    <t>3pc Strappy Hiphugger Garter Panty, Wired Bra &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Sunset Sorbet</t>
+  </si>
+  <si>
+    <t>OH2564 Sun Dried Tomato</t>
+  </si>
+  <si>
+    <t>OH2562 Deep Teal</t>
+  </si>
+  <si>
+    <t>Deep teal</t>
+  </si>
+  <si>
+    <t>OH2562 Black</t>
+  </si>
+  <si>
+    <t>OH2561 Burgundy</t>
+  </si>
+  <si>
+    <t>4pc Laced Floating Garter Corset, Open Front Bandeau Bra, Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2561 Bubblegum</t>
+  </si>
+  <si>
+    <t>Bubblegum</t>
+  </si>
+  <si>
+    <t>OH2555 Wild Berry</t>
+  </si>
+  <si>
+    <t>1pc Sexy Sheer Tattoo Lace Strappy Teddy</t>
+  </si>
+  <si>
+    <t>Wild Berry</t>
+  </si>
+  <si>
+    <t>OH2555 Whisper White</t>
+  </si>
+  <si>
+    <t>OH2558PQ Peacock Teal</t>
+  </si>
+  <si>
+    <t>3pc Strappy Hiphugger Garter Panty, Wired Bra &amp; Garters</t>
+  </si>
+  <si>
+    <t>Peacock Teal</t>
+  </si>
+  <si>
+    <t xml:space="preserve">BL2177 </t>
+  </si>
+  <si>
+    <t>2pc Laced Corset Teddy  with Zipper Front &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Blackout</t>
+  </si>
+  <si>
+    <t>BL2174</t>
+  </si>
+  <si>
+    <t>3pc Open Front Criss Cross Garter Dress &amp; Stockings</t>
+  </si>
+  <si>
+    <t>BL2174 Red Burnt</t>
+  </si>
+  <si>
+    <t>Red Burnt</t>
+  </si>
+  <si>
+    <t>L2211 White Bubblegum Pink</t>
+  </si>
+  <si>
+    <t>3pc Dreamy laced skirt &amp; Open front bra set</t>
+  </si>
+  <si>
+    <t>White Bubblegum Pink</t>
+  </si>
+  <si>
+    <t>OH2324PQ Calypso Coral</t>
+  </si>
+  <si>
+    <t>2pc Open Front O-Ring Garter Teddy &amp; Garters</t>
+  </si>
+  <si>
+    <t>Calypso Coral</t>
+  </si>
+  <si>
+    <t>OH2324PQ Summer Gold</t>
+  </si>
+  <si>
+    <t>Summer Gold</t>
+  </si>
+  <si>
+    <t>OH2363PQ Berry Sorbet</t>
+  </si>
+  <si>
+    <t>2pc Laced Camisole with Front Lace Up Details</t>
+  </si>
+  <si>
+    <t>Berry Sorbet</t>
+  </si>
+  <si>
+    <t>OH2370PQ Ultra Violet</t>
+  </si>
+  <si>
+    <t>3pc Mini Dress Babydoll, Thong &amp; Lace garters</t>
+  </si>
+  <si>
+    <t>Ultra Violet</t>
+  </si>
+  <si>
+    <t>OH2370PQ Deep Rosé</t>
+  </si>
+  <si>
+    <t>Deep Rosé</t>
+  </si>
+  <si>
+    <t>BL2359 Black</t>
+  </si>
+  <si>
+    <t>4pc Bra, Garter Belt, Thong &amp; Stockings Lingerie Set</t>
+  </si>
+  <si>
+    <t>BL2387 Black</t>
+  </si>
+  <si>
+    <t>3pc Boyshort, Underwire Bra &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2402 Raspberry Rose</t>
+  </si>
+  <si>
+    <t>2pc Open Crotch Laced Teddy With Criss Cross Back &amp; Garters</t>
+  </si>
+  <si>
+    <t>Raspberry Rose</t>
+  </si>
+  <si>
+    <t>OH2412 Blue Kiss</t>
+  </si>
+  <si>
+    <t>3pc Peek-A-Boo Bustier W/ Open Crotch Panty Set &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Blue Kiss</t>
+  </si>
+  <si>
+    <t>OH2414 Roxy Plum</t>
+  </si>
+  <si>
+    <t>2pc Diamanté Open Cups &amp; Crotch Teddy</t>
+  </si>
+  <si>
+    <t>Roxy Plum</t>
+  </si>
+  <si>
+    <t>OH2414 Platinum</t>
+  </si>
+  <si>
+    <t>Platinum</t>
+  </si>
+  <si>
+    <t>OH2413 Oxford Blue</t>
+  </si>
+  <si>
+    <t>2pc Open cups and crotch Strappy Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Oxford Blue</t>
+  </si>
+  <si>
+    <t>OH2425PQ Blue Babe</t>
+  </si>
+  <si>
+    <t>2pc Peek-a-Boo Lace Teddy with Snap Crotch &amp; Garters</t>
+  </si>
+  <si>
+    <t>OH2423PQ Blue Gem</t>
+  </si>
+  <si>
+    <t>2pc Sheer Lace Teddy With Snap Crotch &amp; Garters</t>
+  </si>
+  <si>
+    <t>Blue Gem</t>
+  </si>
+  <si>
+    <t>OH2425PQ Aquamarine</t>
+  </si>
+  <si>
+    <t>Aquamarine</t>
+  </si>
+  <si>
+    <t>OH2426PQ Crystal Sea</t>
+  </si>
+  <si>
+    <t>2pc Slip-In Sheer Teddy W/ Snap Crotch &amp; Garters</t>
+  </si>
+  <si>
+    <t>Crystal Sea</t>
+  </si>
+  <si>
+    <t>OH2467PQ Royal Purple</t>
+  </si>
+  <si>
+    <t>Royal Purple</t>
+  </si>
+  <si>
+    <t>OH2467PQ Cinnamon Red</t>
+  </si>
+  <si>
+    <t>OH2475PQ Purple Luxe</t>
+  </si>
+  <si>
+    <t>1pc Strappy Halter Teddy</t>
+  </si>
+  <si>
+    <t>Purple Luxe</t>
+  </si>
+  <si>
+    <t>OH2508 Purple Vibe</t>
+  </si>
+  <si>
+    <t>4pc Lace Cheeky Garter Mini Skirt, Bustier, Garters &amp; Thong.</t>
+  </si>
+  <si>
+    <t>Purple Vibe</t>
+  </si>
+  <si>
+    <t>OH2517 Italian Plum</t>
+  </si>
+  <si>
+    <t>3pc Halter Laced Mini Dress, Open back, Thong and garters.</t>
+  </si>
+  <si>
+    <t>OH2517 White</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>OH2520 Blue Curação</t>
+  </si>
+  <si>
+    <t>3pc Cropped Corset With Zipper Back, Open Crotch Panty &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>Blue Curacao</t>
+  </si>
+  <si>
+    <t>OH2520 Black</t>
+  </si>
+  <si>
+    <t>3pc Cropped Corset, Open Crotch Panty &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>OH2520 Candy Pink</t>
+  </si>
+  <si>
+    <t>Candy Pink</t>
+  </si>
+  <si>
+    <t>OH2502 Sunkist Coral</t>
+  </si>
+  <si>
+    <t>Sunkist Coral</t>
+  </si>
+  <si>
+    <t>OH2518 Raspberry Rose</t>
+  </si>
+  <si>
+    <t>4pc Laced Demi Bustier Top, Garter Belt and Stockings</t>
+  </si>
+  <si>
+    <t>OH2526PQ Pink Ecstasy</t>
+  </si>
+  <si>
+    <t xml:space="preserve">3pc Sultry Demi Bra &amp; High Waist Cheeky Panty </t>
+  </si>
+  <si>
+    <t>OH2550 Leopard Print</t>
+  </si>
+  <si>
+    <t>Leopard Print</t>
+  </si>
+  <si>
+    <t>OH2553 Leopard Print</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1pc Leopard Print Strappy Cutout Teddy </t>
+  </si>
+  <si>
+    <t>OH2556 Mystic Mauve</t>
+  </si>
+  <si>
+    <t>Mystic Mauve</t>
+  </si>
+  <si>
+    <t>OH2559PQ Tango Red</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2pc Dramatic Lace Garter Teddy </t>
+  </si>
+  <si>
+    <t>OH2558PQ Black</t>
+  </si>
+  <si>
+    <t>OH2563PQ Deep Teal</t>
+  </si>
+  <si>
+    <t>3pc Ultra Provocative Sheer Halter Mini Babydoll Dress &amp; Thong</t>
+  </si>
+  <si>
+    <t>L2209 Pink Polka Dot</t>
+  </si>
+  <si>
+    <t>2pc Silky Chekkini Panty &amp; Bra Top</t>
+  </si>
+  <si>
+    <t>Pink Polka Dot</t>
+  </si>
+  <si>
+    <t>L2204 Love Me Pink</t>
+  </si>
+  <si>
+    <t>3pc High Waist Studded Cut Out HipHugger Garter Panty &amp; Top Bra</t>
+  </si>
+  <si>
+    <t>Love Me Pink</t>
+  </si>
+  <si>
+    <t>D1951 Blue Angel</t>
+  </si>
+  <si>
+    <t>1pc Zipper Crotch Teddy Babydoll</t>
+  </si>
+  <si>
+    <t>Blue Angel</t>
+  </si>
+  <si>
+    <t>OH2468 Royal Purple</t>
+  </si>
+  <si>
+    <t>OH2469PQ Persian Blue</t>
+  </si>
+  <si>
+    <t>2pc Flyaway Slitted Long Dress Teddy with Snap Crotch &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>Persian Blue</t>
+  </si>
+  <si>
+    <t>OH2510 Lilac Hint</t>
+  </si>
+  <si>
+    <t>3pc Strappy Open Front Slip Corset, Panty Thong and Stockings</t>
+  </si>
+  <si>
+    <t>Lilac Hint</t>
+  </si>
+  <si>
+    <t>OH2510 Chalky Noir</t>
+  </si>
+  <si>
+    <t>Chalky Noir</t>
+  </si>
+  <si>
+    <t>OH2458 Red Brûlée</t>
+  </si>
+  <si>
+    <t>OH2458 Purple Luxe</t>
+  </si>
+  <si>
+    <t>OH2419 Purple Diva</t>
+  </si>
+  <si>
+    <t>3pc Peek-a-Boo Lace Corset &amp; stockings</t>
+  </si>
+  <si>
+    <t>Purple Diva</t>
+  </si>
+  <si>
+    <t>OH2410 Purple Luxe</t>
+  </si>
+  <si>
+    <t>3pc Sheer Lace Garter Bustier w/ Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2358 Berry Sorbet</t>
+  </si>
+  <si>
+    <t>OH2314 Yellow Delight</t>
+  </si>
+  <si>
+    <t>2pc Open Cups Wired Top &amp; Cheeky Flirty Panty</t>
+  </si>
+  <si>
+    <t>Yellow Delight</t>
+  </si>
+  <si>
+    <t>OH2312 Platinum</t>
+  </si>
+  <si>
+    <t>3pc Bralette , Cheekini &amp; Stockings Set</t>
+  </si>
+  <si>
+    <t>OH2304 Green Quartz</t>
+  </si>
+  <si>
+    <t>3pc Cropped Bustier, Thong &amp; Stockings Set</t>
+  </si>
+  <si>
+    <t>B2227 Pink Champagne</t>
+  </si>
+  <si>
+    <t>Champagne Pink</t>
+  </si>
+  <si>
+    <t>OH2303 Teal Quartz</t>
+  </si>
+  <si>
+    <t>2pc Sumptuous Cutout &amp; Strappy Garter Teddy With Stockings</t>
+  </si>
+  <si>
+    <t>Teal Quartz</t>
+  </si>
+  <si>
+    <t>OH2384 Daring Tangy</t>
+  </si>
+  <si>
+    <t>3pc Lace Up Bra, High Waist Panty &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Daring Tangy</t>
+  </si>
+  <si>
+    <t>OH2383 Neon Orange</t>
+  </si>
+  <si>
+    <t>3pc Bra, Thong &amp; Garters Set with Open Front Heart Clasp</t>
+  </si>
+  <si>
+    <t>Neon Orange</t>
+  </si>
+  <si>
+    <t>OH2501 Black</t>
+  </si>
+  <si>
+    <t>4pc Open Cups &amp; Crotch Set With Sarong &amp; Chained Neck Choker.</t>
+  </si>
+  <si>
+    <t>OH2322PQ Sky Blue</t>
+  </si>
+  <si>
+    <t>3pc Slitted Babydoll With Ruffle Trims, Garter Panty &amp; Laced Garters</t>
+  </si>
+  <si>
+    <t>Sky Blue</t>
+  </si>
+  <si>
+    <t>OH2301 Roxy Plum</t>
+  </si>
+  <si>
+    <t>4pc Jacquard Lace Garter Skirt , Wired Cups Bra Top &amp; Stockings</t>
+  </si>
+  <si>
+    <t>B2234PQ Mauve Merlot</t>
+  </si>
+  <si>
+    <t>1pc Laced Romper With Open crotch Snap</t>
+  </si>
+  <si>
+    <t>Mauve Merlot</t>
+  </si>
+  <si>
+    <t>P1318 Black</t>
+  </si>
+  <si>
+    <t>1pc Basic Instict Panty Stocking</t>
+  </si>
+  <si>
+    <t>OH2374 Sunny Bright</t>
+  </si>
+  <si>
+    <t>3pc Front Zipper Bralette, Cheekini &amp; Stockings Set</t>
+  </si>
+  <si>
+    <t>Sunny Bright</t>
+  </si>
+  <si>
+    <t>L2209 Leopard Baby Pink</t>
+  </si>
+  <si>
+    <t>Leopard Baby Pink</t>
+  </si>
+  <si>
+    <t>L1818 Sweet Pink</t>
+  </si>
+  <si>
+    <t>3pc Plunge Bustier &amp; Garter Mini Skirt</t>
+  </si>
+  <si>
+    <t>Sweet Pink</t>
+  </si>
+  <si>
+    <t>D2232PQ Midnight Navy</t>
+  </si>
+  <si>
+    <t>2pc Empire Waist Laced Sheer Long Dress &amp; Panty</t>
+  </si>
+  <si>
+    <t>Midnight Navy</t>
+  </si>
+  <si>
+    <t>D2232PQ Mulled Wine</t>
+  </si>
+  <si>
+    <t>Mulled Wine</t>
+  </si>
+  <si>
+    <t>B1902 Daisy Blue</t>
+  </si>
+  <si>
+    <t>2pc Cut Out Laced Garter Romper With Snap Crotch</t>
+  </si>
+  <si>
+    <t>Daisy Blue</t>
+  </si>
+  <si>
+    <t>D1872 Daisy Blue</t>
+  </si>
+  <si>
+    <t>3pc Sexy Lace Robe, Cutout Bra and Panty Set.</t>
+  </si>
+  <si>
+    <t>OH2530 Black</t>
+  </si>
+  <si>
+    <t>4pc Open Cup Laced Corset Chained Choker &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2515 White</t>
+  </si>
+  <si>
+    <t>3pc Sultry Cami Babydoll, Panty Thong and Stockings</t>
+  </si>
+  <si>
+    <t>OH2334 Black</t>
+  </si>
+  <si>
+    <t>4pc Boyfriend Fav Flyaway Halter Lace Babydoll with Garter Belt &amp; Stockings.</t>
+  </si>
+  <si>
+    <t>OH2381 Midnight Sky</t>
+  </si>
+  <si>
+    <t>2pc Lace Up Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Midnight Sky</t>
+  </si>
+  <si>
+    <t>OH2310 Neon Orange</t>
+  </si>
+  <si>
+    <t>2pc Ultra Sultry Lace Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2317 Mauve Merlot</t>
+  </si>
+  <si>
+    <t>3pc Lace Garter Dress Babydoll with Front Cutouts &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2380 Cocoa Spice</t>
+  </si>
+  <si>
+    <t>4pc Halter Bra, Garter Belt, Thong &amp; Stockings Set</t>
+  </si>
+  <si>
+    <t>Cocoa Spice</t>
+  </si>
+  <si>
+    <t>OH2310 Chocolate Liquor</t>
+  </si>
+  <si>
+    <t>Chocolate Liquor</t>
+  </si>
+  <si>
+    <t>OH2312 Roxy Plum</t>
+  </si>
+  <si>
+    <t>D2129 Sweet Pink</t>
+  </si>
+  <si>
+    <t>2pc Sheer Laced Night Gown</t>
+  </si>
+  <si>
+    <t>B2210 Leopard Pastel Pink</t>
+  </si>
+  <si>
+    <t>3pc Pin-up Satin Halter Cami Top, Garter Panty &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Leopard Pastel Pink</t>
+  </si>
+  <si>
+    <t>B2210 Hollywood Pink Dot</t>
+  </si>
+  <si>
+    <t>Hollywood Pink Dot</t>
+  </si>
+  <si>
+    <t>OH2612 White</t>
+  </si>
+  <si>
+    <t>4pc Apron Style Babydoll, Garters, Open Back Panty &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2612 Dusty Rose</t>
+  </si>
+  <si>
+    <t>Dusty Rose</t>
+  </si>
+  <si>
+    <t>OH2611 Vivid Raspberry</t>
+  </si>
+  <si>
+    <t>2pc Hot Garter Teddy With Studded Vinyl Details &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Vivid Raspberry</t>
+  </si>
+  <si>
+    <t>OH2610 Lipstick Kiss</t>
+  </si>
+  <si>
+    <t>2pc Studded Lingerie Set With Cheeky Panty &amp; Halter Top</t>
+  </si>
+  <si>
+    <t>Lipstick Kiss</t>
+  </si>
+  <si>
+    <t>OH2609 Wild Truffle</t>
+  </si>
+  <si>
+    <t>3pc Exotic Garter Corset, Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Golden Earth</t>
+  </si>
+  <si>
+    <t>OH2608 Vinyl Leopard</t>
+  </si>
+  <si>
+    <t>3pc Vinyl Leopard Print Lingerie Garter Set &amp; Fishnet Stockings</t>
+  </si>
+  <si>
+    <t>Vinyl Leopard</t>
+  </si>
+  <si>
+    <t>OH2607 Periwinkle</t>
+  </si>
+  <si>
+    <t>4pc Dazzling Garter Corset, Detachable Choker, Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Periwinkle</t>
+  </si>
+  <si>
+    <t>OH2605 Mellow Yellow</t>
+  </si>
+  <si>
+    <t>3pc Embroidered Cropped Top, High Waist Garter Panty Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2605 Imperial Emerald</t>
+  </si>
+  <si>
+    <t>Imperial Emerald</t>
+  </si>
+  <si>
+    <t>OH2604 Teaberry</t>
+  </si>
+  <si>
+    <t>4pc Leopard Rosette Garter Set, Halter Bra, Open Back &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Teaberry</t>
+  </si>
+  <si>
+    <t>OH2603 Purple Twilight</t>
+  </si>
+  <si>
+    <t>2pc Dramatic Strappy Garter Teddy Embroidered With Stockings</t>
+  </si>
+  <si>
+    <t>Purple Twilight</t>
+  </si>
+  <si>
+    <t>OH2603 Tickled Pink</t>
+  </si>
+  <si>
+    <t>Tickled Pink</t>
+  </si>
+  <si>
+    <t>OH2601 Tea Rose</t>
+  </si>
+  <si>
+    <t>4pc Sparkling Wired Top, Garter Belt, Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Tea Rose</t>
+  </si>
+  <si>
+    <t>D2206 Black Hot Pink</t>
+  </si>
+  <si>
+    <t>2pc Empire Waist Laced Sheer Dress &amp; Panty</t>
+  </si>
+  <si>
+    <t>Black Hot Pink</t>
+  </si>
+  <si>
+    <t>OH2353 Red</t>
+  </si>
+  <si>
+    <t>1pc Erotic Teddy With Open Cups &amp; Open Rear View</t>
+  </si>
+  <si>
+    <t>OH2406 Northern Droplet</t>
+  </si>
+  <si>
+    <t>2pc Studded Flapper Sheer &amp; Lace Mini Dress w/ Thong.</t>
+  </si>
+  <si>
+    <t>Northern Droplet</t>
+  </si>
+  <si>
+    <t>D1959 Red Sensation</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> 3pc Slip-In Garter Corset Top &amp; Thong</t>
+  </si>
+  <si>
+    <t>Red Sensation</t>
+  </si>
+  <si>
+    <t>BL2161 White Lavish</t>
+  </si>
+  <si>
+    <t>3pc Lace Up Plunge Garter Slip With Open Cups Zipper &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Lavish White</t>
+  </si>
+  <si>
+    <t>OH2527PQ Purple Haze</t>
+  </si>
+  <si>
+    <t>2pc Halter Lace Cutout Teddy &amp; Garters</t>
+  </si>
+  <si>
+    <t>OH2528PQ Blue Curação</t>
+  </si>
+  <si>
+    <t>3pc Sultry Cami Babydoll, Panty Thong and Garters</t>
+  </si>
+  <si>
+    <t>OH2382PQ Neon Orange</t>
+  </si>
+  <si>
+    <t>2pc Lace Up Teddy &amp; Lace Garters</t>
+  </si>
+  <si>
+    <t>D2201 Flash Pink</t>
+  </si>
+  <si>
+    <t>Flash Pink</t>
+  </si>
+  <si>
+    <t>OH2354 Black</t>
+  </si>
+  <si>
+    <t>2pc Open Front Cage Strappy Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2332 Black</t>
+  </si>
+  <si>
+    <t>2pc Open Cups Web Cage Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2335 Black</t>
+  </si>
+  <si>
+    <t>2pc Pee-a-Boo Cheeky Boyfriend Garter Panty &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2335 Red</t>
+  </si>
+  <si>
+    <t>P1318 Red</t>
+  </si>
+  <si>
+    <t>Basic Instict Panty Stocking</t>
+  </si>
+  <si>
+    <t>OH2309 Roxy Plum</t>
+  </si>
+  <si>
+    <t>3pc Stunning Bustier Corset With Open Rear Panty &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2331 Neon Pink</t>
+  </si>
+  <si>
+    <t>3pc Froufrou Lingerie Garter Set With Open Front Bra &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2352 Baby Pink</t>
+  </si>
+  <si>
+    <t>1pc Wonder Teddy With Curve Framing Straps</t>
+  </si>
+  <si>
+    <t>Baby Pink</t>
+  </si>
+  <si>
+    <t>OH2408 Neon Teal</t>
+  </si>
+  <si>
+    <t>Neon Teal</t>
+  </si>
+  <si>
+    <t>OH2374 Gray Lilac</t>
+  </si>
+  <si>
+    <t>Gray Lilac</t>
+  </si>
+  <si>
+    <t>OH2516 Blue Flower</t>
+  </si>
+  <si>
+    <t>2pc French Cut Cage Panty &amp; Matching Wired Cups Bralette</t>
+  </si>
+  <si>
+    <t>Blue Flower</t>
+  </si>
+  <si>
+    <t>OH2521 Yellow Crystal</t>
+  </si>
+  <si>
+    <t>Yellow Crystal</t>
+  </si>
+  <si>
+    <t>OH2613 Pearl Blue</t>
+  </si>
+  <si>
+    <t>2pc Strappy Open Crotch Teddy &amp; Garters</t>
+  </si>
+  <si>
+    <t>Pearl Blue</t>
+  </si>
+  <si>
+    <t>OH2613 Lilac Mist</t>
+  </si>
+  <si>
+    <t>Lilac Mist</t>
+  </si>
+  <si>
+    <t>OH2610 Caramel</t>
+  </si>
+  <si>
+    <t>Caramel</t>
+  </si>
+  <si>
+    <t>OH2609 Golden Earth</t>
+  </si>
+  <si>
+    <t>3pc Exotic garter Corset, Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>OH2604 Cocoa Bean</t>
+  </si>
+  <si>
+    <t>Cocoa Bean</t>
+  </si>
+  <si>
+    <t>OH2602 Orchid Haze</t>
+  </si>
+  <si>
+    <t>3pc Fishnet Boyshort Lingerie Garter Set &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Orchid Haze</t>
+  </si>
+  <si>
+    <t>OH2602 Oat Dream</t>
+  </si>
+  <si>
+    <t>Oat Dream</t>
+  </si>
+  <si>
+    <t>OH2345 Pink Crush</t>
+  </si>
+  <si>
+    <t>2pc High Waist Lace Jeweled Panty &amp; Bra Lingerie Set</t>
+  </si>
+  <si>
+    <t>Pink Crush</t>
+  </si>
+  <si>
+    <t>B2113 Mauve Merlot</t>
+  </si>
+  <si>
+    <t>2pc Mixed Corset Strappy Garter Teddy &amp; Stockings</t>
+  </si>
+  <si>
     <t>D2099PQ Swwet Pink</t>
   </si>
   <si>
     <t xml:space="preserve">3pc Lace Up Empire Waist Garter Dress </t>
   </si>
   <si>
-    <t>Queen Size</t>
-[...119 lines deleted...]
-    <t>Daisy Blue</t>
+    <t>OH2410 Bright Orange</t>
+  </si>
+  <si>
+    <t>Bright Orange</t>
+  </si>
+  <si>
+    <t>OH2369PQ Persian Jewel</t>
+  </si>
+  <si>
+    <t>3pc Flyaway  Bustier Babydoll, Zipper Panty &amp; Lace Garters</t>
+  </si>
+  <si>
+    <t>Persian Jewel</t>
+  </si>
+  <si>
+    <t>OH2525 Princess Blue</t>
+  </si>
+  <si>
+    <t>3pc Lace Garter Bustier Corset, Thong &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Princess Blue</t>
+  </si>
+  <si>
+    <t>D2206 Baby Pink</t>
+  </si>
+  <si>
+    <t>OH2413 Gray Lilac</t>
+  </si>
+  <si>
+    <t>OH2461 Turquoise</t>
+  </si>
+  <si>
+    <t>Turquoise</t>
+  </si>
+  <si>
+    <t>OH2518 French Mint</t>
+  </si>
+  <si>
+    <t>4pc Laced Demi Strappy Bustier, Garter Belt,Thong and Stockings</t>
+  </si>
+  <si>
+    <t>French Mint</t>
+  </si>
+  <si>
+    <t>OH2611 Pastel Gold</t>
+  </si>
+  <si>
+    <t>Pastel Gold</t>
+  </si>
+  <si>
+    <t>OH2513 Seafoam White</t>
+  </si>
+  <si>
+    <t>2pc Open Crotch Laced Teddy With Waist Garter &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Seafoam White</t>
+  </si>
+  <si>
+    <t>OH2607 Sparkling Sea</t>
+  </si>
+  <si>
+    <t>4pc Dazzling Garter Corset, Detachable Choker, Thong &amp; Fishnet Stockings</t>
+  </si>
+  <si>
+    <t>Sparkling Sea</t>
+  </si>
+  <si>
+    <t>L1966 Neon Lipstick</t>
+  </si>
+  <si>
+    <t>2pc Balcony Empire Laced Top &amp; Strappy Bikini Panty</t>
+  </si>
+  <si>
+    <t>Neon Lipstick</t>
+  </si>
+  <si>
+    <t>OH2327 Ultra Violet</t>
+  </si>
+  <si>
+    <t>4pc Wired Cups Halter Bra, Garter Belt, Thong and Stockings</t>
+  </si>
+  <si>
+    <t>OH2521 Dutch Truffle</t>
+  </si>
+  <si>
+    <t>OH2426PQ - Gray Lilac</t>
   </si>
   <si>
     <t>L2092 Neon Vibe</t>
   </si>
   <si>
     <t>4pc Oh So Sweet Sexy Top and Garter Lingerie Set</t>
   </si>
   <si>
     <t>Neon Vibe</t>
   </si>
   <si>
-    <t>D2121 Neon Pink</t>
-[...173 lines deleted...]
-    <t>Champagne Pink</t>
+    <t>OH2306 Blue Ecstasy</t>
+  </si>
+  <si>
+    <t>3pc Fabulous Open Front Cutout Dress with Lace Up Sides &amp; Stockings</t>
+  </si>
+  <si>
+    <t>Blue Ecstasy</t>
+  </si>
+  <si>
+    <t>L2213 Electric Pink</t>
+  </si>
+  <si>
+    <t>2pc Open Front Bra and Open Side Panty Thong</t>
+  </si>
+  <si>
+    <t>Electric Pink</t>
+  </si>
+  <si>
+    <t>OH2352 Parisian Blue</t>
+  </si>
+  <si>
+    <t>Parisian Blue</t>
+  </si>
+  <si>
+    <t>L2225 Lilac Breeze</t>
+  </si>
+  <si>
+    <t>3pc Laced Babydoll Garter Dress &amp; Stocking</t>
+  </si>
+  <si>
+    <t>Lilac Breeze</t>
   </si>
   <si>
     <t>OH2304 Sexy Magenta</t>
   </si>
   <si>
     <t>Sexy Magenta</t>
   </si>
   <si>
-    <t>D1959 Red Sensation</t>
-[...613 lines deleted...]
-  <si>
     <t>L2211 Bubblegum Pink</t>
   </si>
   <si>
-    <t>3pc Dreamy laced skirt &amp; Open front bra set</t>
-[...1 lines deleted...]
-  <si>
     <t>Bubblegum Pink</t>
   </si>
   <si>
-    <t>L2211 White Bubblegum Pink</t>
-[...320 lines deleted...]
-    <t>2pc Sexy Trendy Lace Cami &amp; Thong</t>
+    <t>OH2516 Pink Pearl</t>
+  </si>
+  <si>
+    <t>Pink Pearl</t>
+  </si>
+  <si>
+    <t>OH2466 Pink Champagne</t>
+  </si>
+  <si>
+    <t xml:space="preserve">2pc Strappy Laced Garter teddy &amp; stockings </t>
+  </si>
+  <si>
+    <t>Pink Champagne</t>
+  </si>
+  <si>
+    <t>OH2601 Sparkling Merlot</t>
+  </si>
+  <si>
+    <t>Sparkling Merlot</t>
   </si>
   <si>
     <t>CAT 2025/26</t>
   </si>
   <si>
-    <t>BL2174</t>
-[...145 lines deleted...]
-  <si>
     <t>BL2179</t>
   </si>
   <si>
     <t>2pc Open Cup Caged Teddy with Front Opening &amp; Stockings</t>
-  </si>
-[...16 lines deleted...]
-    <t>Rose Carnation</t>
   </si>
   <si>
     <t>2025 Catalog</t>
   </si>
   <si>
     <t>TMP</t>
   </si>
   <si>
     <t>FEDEX EXPRESS</t>
   </si>
   <si>
     <t>FEDEX GROUND</t>
   </si>
   <si>
     <t>2023 Catalogs - New OH &amp; Blackout</t>
   </si>
   <si>
     <t>2023 New Catalogs with price list</t>
   </si>
   <si>
     <t>CAT - 2020 Catalog</t>
   </si>
   <si>
     <t>2019/2020 Catalog</t>
   </si>
@@ -1862,4882 +1937,5037 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:G219"/>
+  <dimension ref="A1:G226"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <sheetData>
     <row r="1" spans="1:7">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
     </row>
     <row r="2" spans="1:7">
       <c r="A2" t="s">
         <v>7</v>
       </c>
       <c r="B2" t="s">
         <v>8</v>
       </c>
       <c r="C2">
-        <v>240</v>
+        <v>0</v>
       </c>
       <c r="D2">
-        <v>6.6</v>
-[...8 lines deleted...]
-        <v>10</v>
+        <v>5</v>
       </c>
     </row>
     <row r="3" spans="1:7">
       <c r="A3" t="s">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="B3" t="s">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="C3">
-        <v>212</v>
+        <v>92</v>
       </c>
       <c r="D3">
-        <v>7.1</v>
+        <v>5.1</v>
       </c>
       <c r="E3">
-        <v>7.95</v>
+        <v>9.95</v>
       </c>
       <c r="F3" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:7">
       <c r="A4" t="s">
-        <v>15</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="C4">
-        <v>168</v>
+        <v>154</v>
       </c>
       <c r="D4">
-        <v>6.8</v>
+        <v>6.6</v>
       </c>
       <c r="E4">
-        <v>9.95</v>
+        <v>16.95</v>
       </c>
       <c r="F4" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G4" t="s">
-        <v>17</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:7">
       <c r="A5" t="s">
-        <v>18</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>19</v>
+        <v>16</v>
       </c>
       <c r="C5">
-        <v>135</v>
+        <v>53</v>
       </c>
       <c r="D5">
-        <v>8.2</v>
+        <v>7.4</v>
       </c>
       <c r="E5">
-        <v>16.5</v>
+        <v>7.95</v>
       </c>
       <c r="F5" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G5" t="s">
-        <v>20</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:7">
       <c r="A6" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B6" t="s">
-        <v>22</v>
+        <v>19</v>
       </c>
       <c r="C6">
-        <v>293</v>
+        <v>87</v>
       </c>
       <c r="D6">
-        <v>5.2</v>
+        <v>6.9</v>
       </c>
       <c r="E6">
-        <v>5.95</v>
+        <v>7.95</v>
       </c>
       <c r="F6" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G6" t="s">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:7">
       <c r="A7" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="B7" t="s">
         <v>22</v>
       </c>
       <c r="C7">
-        <v>109</v>
+        <v>149</v>
       </c>
       <c r="D7">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E7">
-        <v>5.95</v>
+        <v>7.95</v>
       </c>
       <c r="F7" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G7" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:7">
       <c r="A8" t="s">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="B8" t="s">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="C8">
-        <v>188</v>
+        <v>56</v>
       </c>
       <c r="D8">
-        <v>7</v>
+        <v>5.1</v>
       </c>
       <c r="E8">
         <v>14.95</v>
       </c>
       <c r="F8" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G8" t="s">
-        <v>28</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:7">
       <c r="A9" t="s">
+        <v>27</v>
+      </c>
+      <c r="B9" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9">
+        <v>44</v>
+      </c>
+      <c r="D9">
+        <v>6</v>
+      </c>
+      <c r="E9">
+        <v>9.95</v>
+      </c>
+      <c r="F9" t="s">
+        <v>11</v>
+      </c>
+      <c r="G9" t="s">
         <v>29</v>
-      </c>
-[...16 lines deleted...]
-        <v>31</v>
       </c>
     </row>
     <row r="10" spans="1:7">
       <c r="A10" t="s">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="B10" t="s">
-        <v>33</v>
+        <v>28</v>
       </c>
       <c r="C10">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="D10">
-        <v>6.3</v>
+        <v>6</v>
       </c>
       <c r="E10">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F10" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G10" t="s">
-        <v>34</v>
+        <v>23</v>
       </c>
     </row>
     <row r="11" spans="1:7">
       <c r="A11" t="s">
-        <v>35</v>
+        <v>31</v>
       </c>
       <c r="B11" t="s">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="C11">
-        <v>0</v>
+        <v>42</v>
       </c>
       <c r="D11">
         <v>6</v>
       </c>
       <c r="E11">
         <v>14.95</v>
       </c>
       <c r="F11" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G11" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:7">
       <c r="A12" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="B12" t="s">
-        <v>39</v>
+        <v>35</v>
       </c>
       <c r="C12">
-        <v>80</v>
+        <v>124</v>
       </c>
       <c r="D12">
         <v>6</v>
       </c>
       <c r="E12">
         <v>14.95</v>
       </c>
       <c r="F12" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G12" t="s">
-        <v>40</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:7">
       <c r="A13" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="B13" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="C13">
-        <v>137</v>
+        <v>431</v>
       </c>
       <c r="D13">
-        <v>6</v>
+        <v>5.7</v>
       </c>
       <c r="E13">
-        <v>16.95</v>
+        <v>14.95</v>
       </c>
       <c r="F13" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G13" t="s">
-        <v>43</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:7">
       <c r="A14" t="s">
-        <v>44</v>
+        <v>40</v>
       </c>
       <c r="B14" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="C14">
-        <v>289</v>
+        <v>38</v>
       </c>
       <c r="D14">
-        <v>7.2</v>
+        <v>6.3</v>
       </c>
       <c r="E14">
         <v>15.95</v>
       </c>
       <c r="F14" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G14" t="s">
-        <v>46</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:7">
       <c r="A15" t="s">
-        <v>47</v>
+        <v>43</v>
       </c>
       <c r="B15" t="s">
-        <v>48</v>
+        <v>44</v>
       </c>
       <c r="C15">
-        <v>89</v>
+        <v>146</v>
       </c>
       <c r="D15">
-        <v>5.4</v>
+        <v>7.2</v>
       </c>
       <c r="E15">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F15" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G15" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:7">
       <c r="A16" t="s">
-        <v>50</v>
+        <v>46</v>
       </c>
       <c r="B16" t="s">
-        <v>51</v>
+        <v>47</v>
       </c>
       <c r="C16">
-        <v>574</v>
+        <v>13</v>
       </c>
       <c r="D16">
-        <v>5.1</v>
+        <v>7.1</v>
       </c>
       <c r="E16">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F16" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G16" t="s">
-        <v>52</v>
+        <v>48</v>
       </c>
     </row>
     <row r="17" spans="1:7">
       <c r="A17" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="B17" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="C17">
-        <v>121</v>
+        <v>49</v>
       </c>
       <c r="D17">
-        <v>5.1</v>
+        <v>3.6</v>
       </c>
       <c r="E17">
-        <v>9.95</v>
+        <v>14.5</v>
       </c>
       <c r="F17" t="s">
-        <v>13</v>
+        <v>11</v>
+      </c>
+      <c r="G17" t="s">
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:7">
       <c r="A18" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="B18" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="C18">
-        <v>135</v>
+        <v>97</v>
       </c>
       <c r="D18">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E18">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F18" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G18" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:7">
       <c r="A19" t="s">
+        <v>55</v>
+      </c>
+      <c r="B19" t="s">
+        <v>56</v>
+      </c>
+      <c r="C19">
+        <v>227</v>
+      </c>
+      <c r="D19">
+        <v>6</v>
+      </c>
+      <c r="E19">
+        <v>15.95</v>
+      </c>
+      <c r="F19" t="s">
+        <v>11</v>
+      </c>
+      <c r="G19" t="s">
         <v>57</v>
-      </c>
-[...16 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="20" spans="1:7">
       <c r="A20" t="s">
+        <v>58</v>
+      </c>
+      <c r="B20" t="s">
         <v>59</v>
       </c>
-      <c r="B20" t="s">
+      <c r="C20">
+        <v>255</v>
+      </c>
+      <c r="D20">
+        <v>6</v>
+      </c>
+      <c r="E20">
+        <v>14.95</v>
+      </c>
+      <c r="F20" t="s">
+        <v>11</v>
+      </c>
+      <c r="G20" t="s">
         <v>60</v>
-      </c>
-[...13 lines deleted...]
-        <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:7">
       <c r="A21" t="s">
+        <v>61</v>
+      </c>
+      <c r="B21" t="s">
         <v>62</v>
       </c>
-      <c r="B21" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C21">
-        <v>422</v>
+        <v>202</v>
       </c>
       <c r="D21">
         <v>6</v>
       </c>
       <c r="E21">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F21" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G21" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:7">
       <c r="A22" t="s">
         <v>64</v>
       </c>
       <c r="B22" t="s">
         <v>65</v>
       </c>
       <c r="C22">
-        <v>155</v>
+        <v>169</v>
       </c>
       <c r="D22">
-        <v>3.9</v>
+        <v>5.3</v>
       </c>
       <c r="E22">
         <v>14.95</v>
       </c>
       <c r="F22" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G22" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:7">
       <c r="A23" t="s">
         <v>67</v>
       </c>
       <c r="B23" t="s">
         <v>68</v>
       </c>
       <c r="C23">
-        <v>164</v>
+        <v>514</v>
       </c>
       <c r="D23">
-        <v>5.9</v>
+        <v>6.7</v>
       </c>
       <c r="E23">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F23" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G23" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:7">
       <c r="A24" t="s">
         <v>70</v>
       </c>
       <c r="B24" t="s">
         <v>71</v>
       </c>
       <c r="C24">
-        <v>71</v>
+        <v>326</v>
       </c>
       <c r="D24">
-        <v>5.8</v>
+        <v>3.8</v>
       </c>
       <c r="E24">
-        <v>15.95</v>
+        <v>14.5</v>
       </c>
       <c r="F24" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G24" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:7">
       <c r="A25" t="s">
         <v>73</v>
       </c>
       <c r="B25" t="s">
         <v>74</v>
       </c>
       <c r="C25">
-        <v>710</v>
+        <v>75</v>
       </c>
       <c r="D25">
-        <v>6.9</v>
+        <v>7</v>
       </c>
       <c r="E25">
-        <v>15.95</v>
+        <v>16.95</v>
       </c>
       <c r="F25" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G25" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:7">
       <c r="A26" t="s">
         <v>76</v>
       </c>
       <c r="B26" t="s">
         <v>77</v>
       </c>
       <c r="C26">
-        <v>75</v>
+        <v>182</v>
       </c>
       <c r="D26">
-        <v>6</v>
+        <v>6.1</v>
       </c>
       <c r="E26">
-        <v>16.95</v>
+        <v>15.95</v>
       </c>
       <c r="F26" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G26" t="s">
         <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:7">
       <c r="A27" t="s">
         <v>79</v>
       </c>
       <c r="B27" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="C27">
-        <v>233</v>
+        <v>101</v>
       </c>
       <c r="D27">
-        <v>6</v>
+        <v>6.2</v>
       </c>
       <c r="E27">
         <v>15.95</v>
       </c>
       <c r="F27" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G27" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
     </row>
     <row r="28" spans="1:7">
       <c r="A28" t="s">
         <v>81</v>
       </c>
       <c r="B28" t="s">
         <v>82</v>
       </c>
       <c r="C28">
-        <v>407</v>
+        <v>107</v>
       </c>
       <c r="D28">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="E28">
-        <v>14.95</v>
+        <v>15.5</v>
       </c>
       <c r="F28" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G28" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="29" spans="1:7">
       <c r="A29" t="s">
         <v>84</v>
       </c>
       <c r="B29" t="s">
         <v>85</v>
       </c>
       <c r="C29">
-        <v>251</v>
+        <v>744</v>
       </c>
       <c r="D29">
-        <v>6</v>
+        <v>6.8</v>
       </c>
       <c r="E29">
         <v>15.95</v>
       </c>
       <c r="F29" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G29" t="s">
-        <v>78</v>
+        <v>86</v>
       </c>
     </row>
     <row r="30" spans="1:7">
       <c r="A30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="B30" t="s">
-        <v>87</v>
+        <v>38</v>
       </c>
       <c r="C30">
-        <v>296</v>
+        <v>112</v>
       </c>
       <c r="D30">
-        <v>6</v>
+        <v>5.7</v>
       </c>
       <c r="E30">
-        <v>16.95</v>
+        <v>14.95</v>
       </c>
       <c r="F30" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G30" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:7">
       <c r="A31" t="s">
         <v>89</v>
       </c>
       <c r="B31" t="s">
         <v>90</v>
       </c>
       <c r="C31">
-        <v>125</v>
+        <v>40</v>
       </c>
       <c r="D31">
-        <v>7.1</v>
+        <v>7.5</v>
       </c>
       <c r="E31">
         <v>15.95</v>
       </c>
       <c r="F31" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G31" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:7">
       <c r="A32" t="s">
         <v>92</v>
       </c>
       <c r="B32" t="s">
+        <v>90</v>
+      </c>
+      <c r="C32">
+        <v>146</v>
+      </c>
+      <c r="D32">
+        <v>7.5</v>
+      </c>
+      <c r="E32">
+        <v>15.95</v>
+      </c>
+      <c r="F32" t="s">
+        <v>11</v>
+      </c>
+      <c r="G32" t="s">
         <v>93</v>
-      </c>
-[...13 lines deleted...]
-        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:7">
       <c r="A33" t="s">
+        <v>94</v>
+      </c>
+      <c r="B33" t="s">
         <v>95</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33">
-        <v>241</v>
+        <v>180</v>
       </c>
       <c r="D33">
-        <v>4.2</v>
+        <v>3.9</v>
       </c>
       <c r="E33">
         <v>14.95</v>
       </c>
       <c r="F33" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G33" t="s">
-        <v>97</v>
+        <v>29</v>
       </c>
     </row>
     <row r="34" spans="1:7">
       <c r="A34" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B34" t="s">
-        <v>30</v>
+        <v>95</v>
       </c>
       <c r="C34">
-        <v>119</v>
+        <v>92</v>
       </c>
       <c r="D34">
-        <v>7.8</v>
+        <v>3.9</v>
       </c>
       <c r="E34">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F34" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G34" t="s">
-        <v>31</v>
+        <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:7">
       <c r="A35" t="s">
+        <v>98</v>
+      </c>
+      <c r="B35" t="s">
         <v>99</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35">
+        <v>51</v>
+      </c>
+      <c r="D35">
+        <v>5.9</v>
+      </c>
+      <c r="E35">
+        <v>14.95</v>
+      </c>
+      <c r="F35" t="s">
+        <v>11</v>
+      </c>
+      <c r="G35" t="s">
         <v>100</v>
-      </c>
-[...13 lines deleted...]
-        <v>101</v>
       </c>
     </row>
     <row r="36" spans="1:7">
       <c r="A36" t="s">
+        <v>101</v>
+      </c>
+      <c r="B36" t="s">
+        <v>44</v>
+      </c>
+      <c r="C36">
+        <v>36</v>
+      </c>
+      <c r="D36">
+        <v>7.1</v>
+      </c>
+      <c r="E36">
+        <v>15.95</v>
+      </c>
+      <c r="F36" t="s">
+        <v>11</v>
+      </c>
+      <c r="G36" t="s">
         <v>102</v>
-      </c>
-[...16 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:7">
       <c r="A37" t="s">
+        <v>103</v>
+      </c>
+      <c r="B37" t="s">
+        <v>104</v>
+      </c>
+      <c r="C37">
+        <v>207</v>
+      </c>
+      <c r="D37">
+        <v>7.6</v>
+      </c>
+      <c r="E37">
+        <v>17.95</v>
+      </c>
+      <c r="F37" t="s">
+        <v>11</v>
+      </c>
+      <c r="G37" t="s">
         <v>105</v>
-      </c>
-[...16 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="38" spans="1:7">
       <c r="A38" t="s">
+        <v>106</v>
+      </c>
+      <c r="B38" t="s">
+        <v>50</v>
+      </c>
+      <c r="C38">
+        <v>0</v>
+      </c>
+      <c r="D38">
+        <v>3.7</v>
+      </c>
+      <c r="E38">
+        <v>14.5</v>
+      </c>
+      <c r="F38" t="s">
+        <v>11</v>
+      </c>
+      <c r="G38" t="s">
         <v>107</v>
-      </c>
-[...16 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:7">
       <c r="A39" t="s">
+        <v>108</v>
+      </c>
+      <c r="B39" t="s">
         <v>109</v>
       </c>
-      <c r="B39" t="s">
+      <c r="C39">
+        <v>0</v>
+      </c>
+      <c r="D39">
+        <v>7.2</v>
+      </c>
+      <c r="E39">
+        <v>15.95</v>
+      </c>
+      <c r="F39" t="s">
         <v>110</v>
       </c>
-      <c r="C39">
-[...10 lines deleted...]
-      </c>
       <c r="G39" t="s">
-        <v>111</v>
+        <v>97</v>
       </c>
     </row>
     <row r="40" spans="1:7">
       <c r="A40" t="s">
+        <v>111</v>
+      </c>
+      <c r="B40" t="s">
         <v>112</v>
       </c>
-      <c r="B40" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C40">
-        <v>124</v>
+        <v>0</v>
       </c>
       <c r="D40">
-        <v>7.1</v>
+        <v>4.1</v>
       </c>
       <c r="E40">
         <v>14.95</v>
+      </c>
+      <c r="F40" t="s">
+        <v>11</v>
       </c>
       <c r="G40" t="s">
         <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:7">
       <c r="A41" t="s">
         <v>114</v>
       </c>
       <c r="B41" t="s">
         <v>115</v>
       </c>
       <c r="C41">
-        <v>40</v>
+        <v>0</v>
       </c>
       <c r="D41">
-        <v>4.5</v>
+        <v>6.2</v>
       </c>
       <c r="E41">
-        <v>14.95</v>
+        <v>16.95</v>
       </c>
       <c r="F41" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G41" t="s">
-        <v>116</v>
+        <v>86</v>
       </c>
     </row>
     <row r="42" spans="1:7">
       <c r="A42" t="s">
+        <v>116</v>
+      </c>
+      <c r="B42" t="s">
         <v>117</v>
       </c>
-      <c r="B42" t="s">
+      <c r="C42">
+        <v>320</v>
+      </c>
+      <c r="D42">
+        <v>6</v>
+      </c>
+      <c r="E42">
+        <v>16.95</v>
+      </c>
+      <c r="F42" t="s">
+        <v>11</v>
+      </c>
+      <c r="G42" t="s">
         <v>118</v>
-      </c>
-[...13 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="43" spans="1:7">
       <c r="A43" t="s">
+        <v>119</v>
+      </c>
+      <c r="B43" t="s">
+        <v>117</v>
+      </c>
+      <c r="C43">
+        <v>335</v>
+      </c>
+      <c r="D43">
+        <v>6</v>
+      </c>
+      <c r="E43">
+        <v>16.95</v>
+      </c>
+      <c r="F43" t="s">
+        <v>11</v>
+      </c>
+      <c r="G43" t="s">
         <v>120</v>
-      </c>
-[...16 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="44" spans="1:7">
       <c r="A44" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B44" t="s">
-        <v>121</v>
+        <v>117</v>
       </c>
       <c r="C44">
-        <v>200</v>
+        <v>179</v>
       </c>
       <c r="D44">
         <v>6</v>
       </c>
       <c r="E44">
-        <v>14.95</v>
+        <v>16.95</v>
       </c>
       <c r="F44" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G44" t="s">
-        <v>124</v>
+        <v>54</v>
       </c>
     </row>
     <row r="45" spans="1:7">
       <c r="A45" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>53</v>
       </c>
       <c r="C45">
-        <v>209</v>
+        <v>306</v>
       </c>
       <c r="D45">
         <v>6</v>
       </c>
       <c r="E45">
         <v>15.95</v>
       </c>
       <c r="F45" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G45" t="s">
-        <v>127</v>
+        <v>123</v>
       </c>
     </row>
     <row r="46" spans="1:7">
       <c r="A46" t="s">
-        <v>128</v>
+        <v>124</v>
       </c>
       <c r="B46" t="s">
-        <v>129</v>
+        <v>125</v>
       </c>
       <c r="C46">
-        <v>58</v>
+        <v>349</v>
       </c>
       <c r="D46">
-        <v>9</v>
+        <v>6</v>
       </c>
       <c r="E46">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F46" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G46" t="s">
-        <v>23</v>
+        <v>126</v>
       </c>
     </row>
     <row r="47" spans="1:7">
       <c r="A47" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B47" t="s">
-        <v>131</v>
+        <v>128</v>
       </c>
       <c r="C47">
-        <v>59</v>
+        <v>191</v>
       </c>
       <c r="D47">
-        <v>6.2</v>
+        <v>6</v>
       </c>
       <c r="E47">
-        <v>15.95</v>
+        <v>13.95</v>
       </c>
       <c r="F47" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G47" t="s">
-        <v>132</v>
+        <v>29</v>
       </c>
     </row>
     <row r="48" spans="1:7">
       <c r="A48" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="B48" t="s">
-        <v>134</v>
+        <v>128</v>
       </c>
       <c r="C48">
-        <v>137</v>
+        <v>316</v>
       </c>
       <c r="D48">
-        <v>5.7</v>
+        <v>6</v>
       </c>
       <c r="E48">
-        <v>14.95</v>
+        <v>13.95</v>
       </c>
       <c r="F48" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G48" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:7">
       <c r="A49" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="B49" t="s">
-        <v>134</v>
+        <v>56</v>
       </c>
       <c r="C49">
-        <v>274</v>
+        <v>209</v>
       </c>
       <c r="D49">
-        <v>5.7</v>
+        <v>6</v>
       </c>
       <c r="E49">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F49" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G49" t="s">
-        <v>137</v>
+        <v>132</v>
       </c>
     </row>
     <row r="50" spans="1:7">
       <c r="A50" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C50">
-        <v>198</v>
+        <v>326</v>
       </c>
       <c r="D50">
-        <v>5.8</v>
+        <v>6</v>
       </c>
       <c r="E50">
-        <v>14.95</v>
+        <v>16.5</v>
       </c>
       <c r="F50" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G50" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="51" spans="1:7">
       <c r="A51" t="s">
-        <v>141</v>
+        <v>136</v>
       </c>
       <c r="B51" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="C51">
-        <v>132</v>
+        <v>249</v>
       </c>
       <c r="D51">
-        <v>6.4</v>
+        <v>6</v>
       </c>
       <c r="E51">
-        <v>14.95</v>
+        <v>16.5</v>
       </c>
       <c r="F51" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G51" t="s">
-        <v>142</v>
+        <v>137</v>
       </c>
     </row>
     <row r="52" spans="1:7">
       <c r="A52" t="s">
-        <v>143</v>
+        <v>138</v>
       </c>
       <c r="B52" t="s">
-        <v>144</v>
+        <v>59</v>
       </c>
       <c r="C52">
-        <v>246</v>
+        <v>389</v>
       </c>
       <c r="D52">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="E52">
         <v>14.95</v>
       </c>
       <c r="F52" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G52" t="s">
-        <v>145</v>
+        <v>139</v>
       </c>
     </row>
     <row r="53" spans="1:7">
       <c r="A53" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="B53" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="C53">
-        <v>233</v>
+        <v>151</v>
       </c>
       <c r="D53">
-        <v>7.5</v>
+        <v>6</v>
       </c>
       <c r="E53">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F53" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G53" t="s">
-        <v>148</v>
+        <v>142</v>
       </c>
     </row>
     <row r="54" spans="1:7">
       <c r="A54" t="s">
-        <v>149</v>
+        <v>143</v>
       </c>
       <c r="B54" t="s">
-        <v>147</v>
+        <v>141</v>
       </c>
       <c r="C54">
-        <v>168</v>
+        <v>237</v>
       </c>
       <c r="D54">
-        <v>7.5</v>
+        <v>6</v>
       </c>
       <c r="E54">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F54" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G54" t="s">
-        <v>150</v>
+        <v>144</v>
       </c>
     </row>
     <row r="55" spans="1:7">
       <c r="A55" t="s">
-        <v>151</v>
+        <v>145</v>
       </c>
       <c r="B55" t="s">
-        <v>152</v>
+        <v>146</v>
       </c>
       <c r="C55">
-        <v>81</v>
+        <v>217</v>
       </c>
       <c r="D55">
-        <v>6.4</v>
+        <v>6</v>
       </c>
       <c r="E55">
         <v>15.95</v>
       </c>
       <c r="F55" t="s">
-        <v>13</v>
+        <v>11</v>
+      </c>
+      <c r="G55" t="s">
+        <v>147</v>
       </c>
     </row>
     <row r="56" spans="1:7">
       <c r="A56" t="s">
-        <v>153</v>
+        <v>148</v>
       </c>
       <c r="B56" t="s">
-        <v>154</v>
+        <v>146</v>
       </c>
       <c r="C56">
-        <v>128</v>
+        <v>194</v>
       </c>
       <c r="D56">
-        <v>5.1</v>
+        <v>6</v>
       </c>
       <c r="E56">
         <v>15.95</v>
       </c>
       <c r="F56" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G56" t="s">
-        <v>155</v>
+        <v>137</v>
       </c>
     </row>
     <row r="57" spans="1:7">
       <c r="A57" t="s">
-        <v>156</v>
+        <v>149</v>
       </c>
       <c r="B57" t="s">
-        <v>154</v>
+        <v>62</v>
       </c>
       <c r="C57">
-        <v>187</v>
+        <v>344</v>
       </c>
       <c r="D57">
-        <v>5.3</v>
+        <v>6</v>
       </c>
       <c r="E57">
         <v>15.95</v>
       </c>
       <c r="F57" t="s">
-        <v>13</v>
+        <v>11</v>
+      </c>
+      <c r="G57" t="s">
+        <v>150</v>
       </c>
     </row>
     <row r="58" spans="1:7">
       <c r="A58" t="s">
-        <v>157</v>
+        <v>151</v>
       </c>
       <c r="B58" t="s">
-        <v>158</v>
+        <v>62</v>
       </c>
       <c r="C58">
-        <v>124</v>
+        <v>363</v>
       </c>
       <c r="D58">
         <v>6</v>
       </c>
       <c r="E58">
-        <v>13.95</v>
+        <v>15.95</v>
       </c>
       <c r="F58" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G58" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
     </row>
     <row r="59" spans="1:7">
       <c r="A59" t="s">
-        <v>159</v>
+        <v>152</v>
       </c>
       <c r="B59" t="s">
-        <v>160</v>
+        <v>153</v>
       </c>
       <c r="C59">
-        <v>46</v>
+        <v>331</v>
       </c>
       <c r="D59">
-        <v>6.5</v>
+        <v>6</v>
       </c>
       <c r="E59">
-        <v>15.95</v>
+        <v>17.95</v>
       </c>
       <c r="F59" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G59" t="s">
-        <v>161</v>
+        <v>63</v>
       </c>
     </row>
     <row r="60" spans="1:7">
       <c r="A60" t="s">
-        <v>162</v>
+        <v>154</v>
       </c>
       <c r="B60" t="s">
-        <v>163</v>
+        <v>153</v>
       </c>
       <c r="C60">
-        <v>328</v>
+        <v>327</v>
       </c>
       <c r="D60">
         <v>6</v>
       </c>
       <c r="E60">
-        <v>13.95</v>
+        <v>17.95</v>
       </c>
       <c r="F60" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G60" t="s">
-        <v>164</v>
+        <v>155</v>
       </c>
     </row>
     <row r="61" spans="1:7">
       <c r="A61" t="s">
-        <v>165</v>
+        <v>156</v>
       </c>
       <c r="B61" t="s">
-        <v>166</v>
+        <v>157</v>
       </c>
       <c r="C61">
-        <v>209</v>
+        <v>228</v>
       </c>
       <c r="D61">
-        <v>7.3</v>
+        <v>6</v>
       </c>
       <c r="E61">
-        <v>16.95</v>
+        <v>15.95</v>
       </c>
       <c r="F61" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G61" t="s">
-        <v>49</v>
+        <v>158</v>
       </c>
     </row>
     <row r="62" spans="1:7">
       <c r="A62" t="s">
-        <v>167</v>
+        <v>159</v>
       </c>
       <c r="B62" t="s">
-        <v>71</v>
+        <v>157</v>
       </c>
       <c r="C62">
-        <v>141</v>
+        <v>214</v>
       </c>
       <c r="D62">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E62">
-        <v>15.5</v>
+        <v>15.95</v>
       </c>
       <c r="F62" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>72</v>
+        <v>11</v>
       </c>
     </row>
     <row r="63" spans="1:7">
       <c r="A63" t="s">
-        <v>168</v>
+        <v>160</v>
       </c>
       <c r="B63" t="s">
-        <v>71</v>
+        <v>161</v>
       </c>
       <c r="C63">
-        <v>294</v>
+        <v>420</v>
       </c>
       <c r="D63">
-        <v>4.8</v>
+        <v>6</v>
       </c>
       <c r="E63">
-        <v>15.5</v>
+        <v>16.5</v>
       </c>
       <c r="F63" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G63" t="s">
-        <v>169</v>
+        <v>162</v>
       </c>
     </row>
     <row r="64" spans="1:7">
       <c r="A64" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
       <c r="B64" t="s">
-        <v>171</v>
+        <v>164</v>
       </c>
       <c r="C64">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="D64">
-        <v>6.9</v>
+        <v>6.4</v>
       </c>
       <c r="E64">
-        <v>15.95</v>
+        <v>7.95</v>
       </c>
       <c r="F64" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G64" t="s">
-        <v>172</v>
+        <v>165</v>
       </c>
     </row>
     <row r="65" spans="1:7">
       <c r="A65" t="s">
-        <v>173</v>
+        <v>166</v>
       </c>
       <c r="B65" t="s">
-        <v>174</v>
+        <v>167</v>
       </c>
       <c r="C65">
-        <v>93</v>
+        <v>58</v>
       </c>
       <c r="D65">
-        <v>5.7</v>
+        <v>7.5</v>
       </c>
       <c r="E65">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F65" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G65" t="s">
-        <v>175</v>
+        <v>165</v>
       </c>
     </row>
     <row r="66" spans="1:7">
       <c r="A66" t="s">
-        <v>176</v>
+        <v>168</v>
       </c>
       <c r="B66" t="s">
-        <v>177</v>
+        <v>167</v>
       </c>
       <c r="C66">
-        <v>655</v>
+        <v>37</v>
       </c>
       <c r="D66">
-        <v>5.3</v>
+        <v>7.5</v>
       </c>
       <c r="E66">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F66" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G66" t="s">
-        <v>178</v>
+        <v>169</v>
       </c>
     </row>
     <row r="67" spans="1:7">
       <c r="A67" t="s">
-        <v>179</v>
+        <v>170</v>
       </c>
       <c r="B67" t="s">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="C67">
-        <v>214</v>
+        <v>310</v>
       </c>
       <c r="D67">
-        <v>4.1</v>
+        <v>4.6</v>
       </c>
       <c r="E67">
-        <v>14.95</v>
+        <v>7.95</v>
       </c>
       <c r="F67" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G67" t="s">
-        <v>40</v>
+        <v>172</v>
       </c>
     </row>
     <row r="68" spans="1:7">
       <c r="A68" t="s">
-        <v>181</v>
+        <v>173</v>
       </c>
       <c r="B68" t="s">
-        <v>182</v>
+        <v>174</v>
       </c>
       <c r="C68">
-        <v>118</v>
+        <v>7</v>
       </c>
       <c r="D68">
         <v>6</v>
       </c>
       <c r="E68">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F68" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G68" t="s">
-        <v>183</v>
+        <v>175</v>
       </c>
     </row>
     <row r="69" spans="1:7">
       <c r="A69" t="s">
-        <v>184</v>
+        <v>176</v>
       </c>
       <c r="B69" t="s">
-        <v>185</v>
+        <v>174</v>
       </c>
       <c r="C69">
-        <v>378</v>
+        <v>37</v>
       </c>
       <c r="D69">
-        <v>6</v>
+        <v>5.9</v>
       </c>
       <c r="E69">
-        <v>17.95</v>
+        <v>14.95</v>
       </c>
       <c r="F69" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G69" t="s">
-        <v>186</v>
+        <v>177</v>
       </c>
     </row>
     <row r="70" spans="1:7">
       <c r="A70" t="s">
-        <v>187</v>
+        <v>178</v>
       </c>
       <c r="B70" t="s">
-        <v>185</v>
+        <v>179</v>
       </c>
       <c r="C70">
-        <v>383</v>
+        <v>252</v>
       </c>
       <c r="D70">
-        <v>6</v>
+        <v>7.9</v>
       </c>
       <c r="E70">
-        <v>17.95</v>
+        <v>14.95</v>
       </c>
       <c r="F70" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G70" t="s">
-        <v>188</v>
+        <v>180</v>
       </c>
     </row>
     <row r="71" spans="1:7">
       <c r="A71" t="s">
-        <v>189</v>
+        <v>181</v>
       </c>
       <c r="B71" t="s">
-        <v>82</v>
+        <v>182</v>
       </c>
       <c r="C71">
-        <v>296</v>
+        <v>83</v>
       </c>
       <c r="D71">
-        <v>6</v>
+        <v>7.9</v>
       </c>
       <c r="E71">
-        <v>14.95</v>
+        <v>16.95</v>
       </c>
       <c r="F71" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G71" t="s">
-        <v>190</v>
+        <v>183</v>
       </c>
     </row>
     <row r="72" spans="1:7">
       <c r="A72" t="s">
-        <v>191</v>
+        <v>184</v>
       </c>
       <c r="B72" t="s">
-        <v>80</v>
+        <v>182</v>
       </c>
       <c r="C72">
-        <v>325</v>
+        <v>109</v>
       </c>
       <c r="D72">
-        <v>6</v>
+        <v>7.8</v>
       </c>
       <c r="E72">
-        <v>15.95</v>
+        <v>16.95</v>
       </c>
       <c r="F72" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G72" t="s">
-        <v>192</v>
+        <v>185</v>
       </c>
     </row>
     <row r="73" spans="1:7">
       <c r="A73" t="s">
-        <v>193</v>
+        <v>186</v>
       </c>
       <c r="B73" t="s">
-        <v>80</v>
+        <v>187</v>
       </c>
       <c r="C73">
-        <v>300</v>
+        <v>69</v>
       </c>
       <c r="D73">
         <v>6</v>
       </c>
       <c r="E73">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F73" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G73" t="s">
-        <v>194</v>
+        <v>29</v>
       </c>
     </row>
     <row r="74" spans="1:7">
       <c r="A74" t="s">
-        <v>195</v>
+        <v>188</v>
       </c>
       <c r="B74" t="s">
-        <v>196</v>
+        <v>189</v>
       </c>
       <c r="C74">
-        <v>251</v>
+        <v>242</v>
       </c>
       <c r="D74">
         <v>6</v>
       </c>
       <c r="E74">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F74" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G74" t="s">
-        <v>188</v>
+        <v>29</v>
       </c>
     </row>
     <row r="75" spans="1:7">
       <c r="A75" t="s">
-        <v>197</v>
+        <v>190</v>
       </c>
       <c r="B75" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="C75">
-        <v>129</v>
+        <v>47</v>
       </c>
       <c r="D75">
         <v>6</v>
       </c>
       <c r="E75">
-        <v>15.95</v>
+        <v>13.95</v>
       </c>
       <c r="F75" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G75" t="s">
-        <v>23</v>
+        <v>192</v>
       </c>
     </row>
     <row r="76" spans="1:7">
       <c r="A76" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B76" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C76">
-        <v>168</v>
+        <v>272</v>
       </c>
       <c r="D76">
         <v>6</v>
       </c>
       <c r="E76">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F76" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G76" t="s">
-        <v>88</v>
+        <v>195</v>
       </c>
     </row>
     <row r="77" spans="1:7">
       <c r="A77" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B77" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C77">
-        <v>199</v>
+        <v>70</v>
       </c>
       <c r="D77">
         <v>6</v>
       </c>
       <c r="E77">
-        <v>16.5</v>
+        <v>14.95</v>
       </c>
       <c r="F77" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G77" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
     </row>
     <row r="78" spans="1:7">
       <c r="A78" t="s">
-        <v>202</v>
+        <v>199</v>
       </c>
       <c r="B78" t="s">
+        <v>197</v>
+      </c>
+      <c r="C78">
+        <v>178</v>
+      </c>
+      <c r="D78">
+        <v>6</v>
+      </c>
+      <c r="E78">
+        <v>14.95</v>
+      </c>
+      <c r="F78" t="s">
+        <v>11</v>
+      </c>
+      <c r="G78" t="s">
         <v>200</v>
-      </c>
-[...13 lines deleted...]
-        <v>203</v>
       </c>
     </row>
     <row r="79" spans="1:7">
       <c r="A79" t="s">
-        <v>204</v>
+        <v>201</v>
       </c>
       <c r="B79" t="s">
-        <v>163</v>
+        <v>202</v>
       </c>
       <c r="C79">
-        <v>292</v>
+        <v>118</v>
       </c>
       <c r="D79">
         <v>6</v>
       </c>
       <c r="E79">
-        <v>13.95</v>
+        <v>14.95</v>
       </c>
       <c r="F79" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G79" t="s">
-        <v>23</v>
+        <v>203</v>
       </c>
     </row>
     <row r="80" spans="1:7">
       <c r="A80" t="s">
+        <v>204</v>
+      </c>
+      <c r="B80" t="s">
         <v>205</v>
       </c>
-      <c r="B80" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C80">
-        <v>91</v>
+        <v>139</v>
       </c>
       <c r="D80">
         <v>6</v>
       </c>
       <c r="E80">
-        <v>13.95</v>
+        <v>16.95</v>
       </c>
       <c r="F80" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G80" t="s">
-        <v>206</v>
+        <v>75</v>
       </c>
     </row>
     <row r="81" spans="1:7">
       <c r="A81" t="s">
+        <v>206</v>
+      </c>
+      <c r="B81" t="s">
         <v>207</v>
       </c>
-      <c r="B81" t="s">
+      <c r="C81">
+        <v>139</v>
+      </c>
+      <c r="D81">
+        <v>6</v>
+      </c>
+      <c r="E81">
+        <v>16.95</v>
+      </c>
+      <c r="F81" t="s">
+        <v>110</v>
+      </c>
+      <c r="G81" t="s">
         <v>208</v>
-      </c>
-[...13 lines deleted...]
-        <v>209</v>
       </c>
     </row>
     <row r="82" spans="1:7">
       <c r="A82" t="s">
+        <v>209</v>
+      </c>
+      <c r="B82" t="s">
+        <v>205</v>
+      </c>
+      <c r="C82">
+        <v>114</v>
+      </c>
+      <c r="D82">
+        <v>6</v>
+      </c>
+      <c r="E82">
+        <v>16.95</v>
+      </c>
+      <c r="F82" t="s">
+        <v>110</v>
+      </c>
+      <c r="G82" t="s">
         <v>210</v>
-      </c>
-[...16 lines deleted...]
-        <v>211</v>
       </c>
     </row>
     <row r="83" spans="1:7">
       <c r="A83" t="s">
+        <v>211</v>
+      </c>
+      <c r="B83" t="s">
         <v>212</v>
       </c>
-      <c r="B83" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C83">
-        <v>386</v>
+        <v>76</v>
       </c>
       <c r="D83">
         <v>6</v>
       </c>
       <c r="E83">
         <v>16.95</v>
       </c>
       <c r="F83" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G83" t="s">
         <v>213</v>
       </c>
     </row>
     <row r="84" spans="1:7">
       <c r="A84" t="s">
         <v>214</v>
       </c>
       <c r="B84" t="s">
-        <v>77</v>
+        <v>82</v>
       </c>
       <c r="C84">
-        <v>345</v>
+        <v>112</v>
       </c>
       <c r="D84">
-        <v>6</v>
+        <v>5.7</v>
       </c>
       <c r="E84">
-        <v>16.95</v>
+        <v>15.95</v>
       </c>
       <c r="F84" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G84" t="s">
         <v>215</v>
       </c>
     </row>
     <row r="85" spans="1:7">
       <c r="A85" t="s">
         <v>216</v>
       </c>
       <c r="B85" t="s">
-        <v>180</v>
+        <v>82</v>
       </c>
       <c r="C85">
-        <v>93</v>
+        <v>27</v>
       </c>
       <c r="D85">
-        <v>4.2</v>
+        <v>5.8</v>
       </c>
       <c r="E85">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F85" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G85" t="s">
-        <v>217</v>
+        <v>83</v>
       </c>
     </row>
     <row r="86" spans="1:7">
       <c r="A86" t="s">
+        <v>217</v>
+      </c>
+      <c r="B86" t="s">
         <v>218</v>
       </c>
-      <c r="B86" t="s">
+      <c r="C86">
+        <v>136</v>
+      </c>
+      <c r="D86">
+        <v>4.7</v>
+      </c>
+      <c r="E86">
+        <v>15.5</v>
+      </c>
+      <c r="F86" t="s">
+        <v>110</v>
+      </c>
+      <c r="G86" t="s">
         <v>219</v>
-      </c>
-[...13 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="87" spans="1:7">
       <c r="A87" t="s">
+        <v>220</v>
+      </c>
+      <c r="B87" t="s">
         <v>221</v>
       </c>
-      <c r="B87" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C87">
-        <v>341</v>
+        <v>362</v>
       </c>
       <c r="D87">
-        <v>6</v>
+        <v>5.1</v>
       </c>
       <c r="E87">
         <v>15.95</v>
       </c>
       <c r="F87" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G87" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
     </row>
     <row r="88" spans="1:7">
       <c r="A88" t="s">
+        <v>223</v>
+      </c>
+      <c r="B88" t="s">
         <v>224</v>
       </c>
-      <c r="B88" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C88">
-        <v>271</v>
+        <v>83</v>
       </c>
       <c r="D88">
-        <v>6</v>
+        <v>5.3</v>
       </c>
       <c r="E88">
         <v>15.95</v>
       </c>
       <c r="F88" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
     </row>
     <row r="89" spans="1:7">
       <c r="A89" t="s">
         <v>225</v>
       </c>
       <c r="B89" t="s">
+        <v>224</v>
+      </c>
+      <c r="C89">
+        <v>97</v>
+      </c>
+      <c r="D89">
+        <v>5.1</v>
+      </c>
+      <c r="E89">
+        <v>15.95</v>
+      </c>
+      <c r="F89" t="s">
+        <v>11</v>
+      </c>
+      <c r="G89" t="s">
         <v>226</v>
-      </c>
-[...10 lines deleted...]
-        <v>194</v>
       </c>
     </row>
     <row r="90" spans="1:7">
       <c r="A90" t="s">
         <v>227</v>
       </c>
       <c r="B90" t="s">
-        <v>182</v>
+        <v>228</v>
       </c>
       <c r="C90">
-        <v>282</v>
+        <v>135</v>
       </c>
       <c r="D90">
-        <v>6</v>
+        <v>5.2</v>
       </c>
       <c r="E90">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F90" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G90" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="91" spans="1:7">
       <c r="A91" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B91" t="s">
-        <v>65</v>
+        <v>231</v>
       </c>
       <c r="C91">
-        <v>251</v>
+        <v>299</v>
       </c>
       <c r="D91">
-        <v>3.9</v>
+        <v>5.2</v>
       </c>
       <c r="E91">
         <v>14.95</v>
       </c>
       <c r="F91" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G91" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="92" spans="1:7">
       <c r="A92" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="B92" t="s">
-        <v>68</v>
+        <v>231</v>
       </c>
       <c r="C92">
-        <v>132</v>
+        <v>157</v>
       </c>
       <c r="D92">
-        <v>5.8</v>
+        <v>5.1</v>
       </c>
       <c r="E92">
         <v>14.95</v>
       </c>
       <c r="F92" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G92" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
     </row>
     <row r="93" spans="1:7">
       <c r="A93" t="s">
-        <v>232</v>
+        <v>234</v>
       </c>
       <c r="B93" t="s">
-        <v>233</v>
+        <v>112</v>
       </c>
       <c r="C93">
-        <v>11</v>
+        <v>230</v>
       </c>
       <c r="D93">
-        <v>3.6</v>
+        <v>4.2</v>
       </c>
       <c r="E93">
-        <v>14.5</v>
+        <v>14.95</v>
       </c>
       <c r="F93" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G93" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
     </row>
     <row r="94" spans="1:7">
       <c r="A94" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B94" t="s">
-        <v>71</v>
+        <v>237</v>
       </c>
       <c r="C94">
-        <v>134</v>
+        <v>599</v>
       </c>
       <c r="D94">
-        <v>5.7</v>
+        <v>6.9</v>
       </c>
       <c r="E94">
         <v>15.95</v>
       </c>
       <c r="F94" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G94" t="s">
-        <v>169</v>
+        <v>192</v>
       </c>
     </row>
     <row r="95" spans="1:7">
       <c r="A95" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="B95" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="C95">
-        <v>230</v>
+        <v>292</v>
       </c>
       <c r="D95">
-        <v>10.3</v>
+        <v>5.3</v>
       </c>
       <c r="E95">
-        <v>16.95</v>
+        <v>15.95</v>
       </c>
       <c r="F95" t="s">
-        <v>9</v>
+        <v>110</v>
       </c>
       <c r="G95" t="s">
-        <v>238</v>
+        <v>45</v>
       </c>
     </row>
     <row r="96" spans="1:7">
       <c r="A96" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B96" t="s">
-        <v>180</v>
+        <v>53</v>
       </c>
       <c r="C96">
-        <v>168</v>
+        <v>133</v>
       </c>
       <c r="D96">
-        <v>4.7</v>
+        <v>6</v>
       </c>
       <c r="E96">
-        <v>15.5</v>
+        <v>15.95</v>
       </c>
       <c r="F96" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G96" t="s">
-        <v>40</v>
+        <v>241</v>
       </c>
     </row>
     <row r="97" spans="1:7">
       <c r="A97" t="s">
-        <v>240</v>
+        <v>242</v>
       </c>
       <c r="B97" t="s">
+        <v>243</v>
+      </c>
+      <c r="C97">
+        <v>192</v>
+      </c>
+      <c r="D97">
+        <v>6</v>
+      </c>
+      <c r="E97">
+        <v>14.95</v>
+      </c>
+      <c r="G97" t="s">
         <v>241</v>
-      </c>
-[...13 lines deleted...]
-        <v>66</v>
       </c>
     </row>
     <row r="98" spans="1:7">
       <c r="A98" t="s">
-        <v>242</v>
+        <v>244</v>
       </c>
       <c r="B98" t="s">
-        <v>243</v>
+        <v>128</v>
       </c>
       <c r="C98">
-        <v>72</v>
+        <v>274</v>
       </c>
       <c r="D98">
-        <v>6.9</v>
+        <v>6</v>
       </c>
       <c r="E98">
-        <v>16.95</v>
+        <v>13.95</v>
       </c>
       <c r="F98" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G98" t="s">
-        <v>23</v>
+        <v>245</v>
       </c>
     </row>
     <row r="99" spans="1:7">
       <c r="A99" t="s">
-        <v>244</v>
+        <v>246</v>
       </c>
       <c r="B99" t="s">
-        <v>245</v>
+        <v>247</v>
       </c>
       <c r="C99">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D99">
-        <v>3.7</v>
+        <v>6</v>
       </c>
       <c r="E99">
-        <v>16.95</v>
+        <v>15.95</v>
       </c>
       <c r="F99" t="s">
-        <v>9</v>
+        <v>110</v>
       </c>
       <c r="G99" t="s">
-        <v>246</v>
+        <v>54</v>
       </c>
     </row>
     <row r="100" spans="1:7">
       <c r="A100" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B100" t="s">
-        <v>248</v>
+        <v>161</v>
       </c>
       <c r="C100">
-        <v>0</v>
+        <v>319</v>
       </c>
       <c r="D100">
-        <v>4.6</v>
+        <v>6</v>
       </c>
       <c r="E100">
-        <v>12.95</v>
+        <v>16.5</v>
       </c>
       <c r="F100" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G100" t="s">
-        <v>20</v>
+        <v>29</v>
       </c>
     </row>
     <row r="101" spans="1:7">
       <c r="A101" t="s">
         <v>249</v>
       </c>
       <c r="B101" t="s">
         <v>250</v>
       </c>
       <c r="C101">
-        <v>49</v>
+        <v>195</v>
       </c>
       <c r="D101">
-        <v>5.9</v>
+        <v>6</v>
       </c>
       <c r="E101">
-        <v>14.95</v>
+        <v>16.95</v>
       </c>
       <c r="F101" t="s">
-        <v>9</v>
+        <v>110</v>
       </c>
       <c r="G101" t="s">
-        <v>251</v>
+        <v>150</v>
       </c>
     </row>
     <row r="102" spans="1:7">
       <c r="A102" t="s">
+        <v>251</v>
+      </c>
+      <c r="B102" t="s">
         <v>252</v>
       </c>
-      <c r="B102" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C102">
-        <v>25</v>
+        <v>169</v>
       </c>
       <c r="D102">
-        <v>6</v>
+        <v>4.9</v>
       </c>
       <c r="E102">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F102" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G102" t="s">
         <v>253</v>
       </c>
     </row>
     <row r="103" spans="1:7">
       <c r="A103" t="s">
         <v>254</v>
       </c>
       <c r="B103" t="s">
         <v>255</v>
       </c>
       <c r="C103">
-        <v>214</v>
+        <v>133</v>
       </c>
       <c r="D103">
-        <v>8.9</v>
+        <v>6.8</v>
       </c>
       <c r="E103">
-        <v>17.95</v>
+        <v>9.95</v>
       </c>
       <c r="F103" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G103" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="104" spans="1:7">
       <c r="A104" t="s">
         <v>257</v>
       </c>
       <c r="B104" t="s">
         <v>258</v>
       </c>
       <c r="C104">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D104">
-        <v>6.4</v>
+        <v>5.1</v>
       </c>
       <c r="E104">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F104" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G104" t="s">
-        <v>17</v>
+        <v>259</v>
       </c>
     </row>
     <row r="105" spans="1:7">
       <c r="A105" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B105" t="s">
-        <v>255</v>
+        <v>82</v>
       </c>
       <c r="C105">
-        <v>107</v>
+        <v>264</v>
       </c>
       <c r="D105">
-        <v>8.9</v>
+        <v>4.8</v>
       </c>
       <c r="E105">
-        <v>17.95</v>
+        <v>15.5</v>
       </c>
       <c r="F105" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G105" t="s">
-        <v>260</v>
+        <v>215</v>
       </c>
     </row>
     <row r="106" spans="1:7">
       <c r="A106" t="s">
         <v>261</v>
       </c>
       <c r="B106" t="s">
-        <v>60</v>
+        <v>262</v>
       </c>
       <c r="C106">
-        <v>27</v>
+        <v>199</v>
       </c>
       <c r="D106">
-        <v>7.9</v>
+        <v>10.3</v>
       </c>
       <c r="E106">
-        <v>9.95</v>
+        <v>16.95</v>
       </c>
       <c r="F106" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G106" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
     </row>
     <row r="107" spans="1:7">
       <c r="A107" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B107" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C107">
-        <v>542</v>
+        <v>279</v>
       </c>
       <c r="D107">
-        <v>6.8</v>
+        <v>6.4</v>
       </c>
       <c r="E107">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F107" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G107" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
     </row>
     <row r="108" spans="1:7">
       <c r="A108" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="B108" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C108">
-        <v>108</v>
+        <v>38</v>
       </c>
       <c r="D108">
-        <v>5.1</v>
+        <v>5.8</v>
       </c>
       <c r="E108">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F108" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G108" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="109" spans="1:7">
       <c r="A109" t="s">
         <v>269</v>
       </c>
       <c r="B109" t="s">
-        <v>270</v>
+        <v>218</v>
       </c>
       <c r="C109">
-        <v>70</v>
+        <v>34</v>
       </c>
       <c r="D109">
-        <v>6.2</v>
+        <v>4.2</v>
       </c>
       <c r="E109">
-        <v>16.95</v>
+        <v>14.95</v>
       </c>
       <c r="F109" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G109" t="s">
-        <v>265</v>
+        <v>42</v>
       </c>
     </row>
     <row r="110" spans="1:7">
       <c r="A110" t="s">
-        <v>271</v>
+        <v>270</v>
       </c>
       <c r="B110" t="s">
-        <v>272</v>
+        <v>218</v>
       </c>
       <c r="C110">
-        <v>261</v>
+        <v>90</v>
       </c>
       <c r="D110">
-        <v>6</v>
+        <v>4.1</v>
       </c>
       <c r="E110">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F110" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G110" t="s">
-        <v>203</v>
+        <v>219</v>
       </c>
     </row>
     <row r="111" spans="1:7">
       <c r="A111" t="s">
+        <v>271</v>
+      </c>
+      <c r="B111" t="s">
+        <v>272</v>
+      </c>
+      <c r="C111">
+        <v>188</v>
+      </c>
+      <c r="D111">
+        <v>6</v>
+      </c>
+      <c r="E111">
+        <v>15.95</v>
+      </c>
+      <c r="F111" t="s">
+        <v>11</v>
+      </c>
+      <c r="G111" t="s">
         <v>273</v>
-      </c>
-[...16 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="112" spans="1:7">
       <c r="A112" t="s">
-        <v>276</v>
+        <v>274</v>
       </c>
       <c r="B112" t="s">
-        <v>277</v>
+        <v>275</v>
       </c>
       <c r="C112">
-        <v>289</v>
+        <v>18</v>
       </c>
       <c r="D112">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E112">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F112" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G112" t="s">
-        <v>10</v>
+        <v>219</v>
       </c>
     </row>
     <row r="113" spans="1:7">
       <c r="A113" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="B113" t="s">
-        <v>279</v>
+        <v>179</v>
       </c>
       <c r="C113">
-        <v>211</v>
+        <v>93</v>
       </c>
       <c r="D113">
-        <v>5.1</v>
+        <v>7.8</v>
       </c>
       <c r="E113">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F113" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G113" t="s">
-        <v>280</v>
+        <v>180</v>
       </c>
     </row>
     <row r="114" spans="1:7">
       <c r="A114" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B114" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="C114">
-        <v>376</v>
+        <v>43</v>
       </c>
       <c r="D114">
-        <v>7.6</v>
+        <v>4.6</v>
       </c>
       <c r="E114">
-        <v>17.95</v>
+        <v>12.95</v>
       </c>
       <c r="F114" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G114" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
     </row>
     <row r="115" spans="1:7">
       <c r="A115" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B115" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="C115">
-        <v>152</v>
+        <v>65</v>
       </c>
       <c r="D115">
         <v>6</v>
       </c>
       <c r="E115">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F115" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G115" t="s">
-        <v>286</v>
+        <v>200</v>
       </c>
     </row>
     <row r="116" spans="1:7">
       <c r="A116" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="B116" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="C116">
-        <v>180</v>
+        <v>171</v>
       </c>
       <c r="D116">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E116">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F116" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G116" t="s">
-        <v>289</v>
+        <v>78</v>
       </c>
     </row>
     <row r="117" spans="1:7">
       <c r="A117" t="s">
-        <v>290</v>
+        <v>284</v>
       </c>
       <c r="B117" t="s">
-        <v>288</v>
+        <v>74</v>
       </c>
       <c r="C117">
-        <v>20</v>
+        <v>285</v>
       </c>
       <c r="D117">
-        <v>6</v>
+        <v>6.9</v>
       </c>
       <c r="E117">
-        <v>9.95</v>
+        <v>16.95</v>
       </c>
       <c r="F117" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G117" t="s">
-        <v>291</v>
+        <v>285</v>
       </c>
     </row>
     <row r="118" spans="1:7">
       <c r="A118" t="s">
-        <v>292</v>
+        <v>286</v>
       </c>
       <c r="B118" t="s">
-        <v>293</v>
+        <v>287</v>
       </c>
       <c r="C118">
-        <v>195</v>
+        <v>137</v>
       </c>
       <c r="D118">
-        <v>6.9</v>
+        <v>6</v>
       </c>
       <c r="E118">
         <v>14.95</v>
       </c>
       <c r="F118" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G118" t="s">
-        <v>61</v>
+        <v>288</v>
       </c>
     </row>
     <row r="119" spans="1:7">
       <c r="A119" t="s">
-        <v>294</v>
+        <v>289</v>
       </c>
       <c r="B119" t="s">
-        <v>295</v>
+        <v>290</v>
       </c>
       <c r="C119">
-        <v>697</v>
+        <v>192</v>
       </c>
       <c r="D119">
-        <v>6.7</v>
+        <v>6.3</v>
       </c>
       <c r="E119">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F119" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G119" t="s">
-        <v>296</v>
+        <v>291</v>
       </c>
     </row>
     <row r="120" spans="1:7">
       <c r="A120" t="s">
-        <v>297</v>
+        <v>292</v>
       </c>
       <c r="B120" t="s">
-        <v>110</v>
+        <v>293</v>
       </c>
       <c r="C120">
-        <v>218</v>
+        <v>288</v>
       </c>
       <c r="D120">
-        <v>7</v>
+        <v>5.7</v>
       </c>
       <c r="E120">
-        <v>16.95</v>
+        <v>9.95</v>
       </c>
       <c r="F120" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G120" t="s">
-        <v>298</v>
+        <v>294</v>
       </c>
     </row>
     <row r="121" spans="1:7">
       <c r="A121" t="s">
-        <v>299</v>
+        <v>295</v>
       </c>
       <c r="B121" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="C121">
-        <v>5</v>
+        <v>342</v>
       </c>
       <c r="D121">
-        <v>5.4</v>
+        <v>6.9</v>
       </c>
       <c r="E121">
-        <v>12.95</v>
+        <v>16.95</v>
       </c>
       <c r="F121" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G121" t="s">
-        <v>301</v>
+        <v>29</v>
       </c>
     </row>
     <row r="122" spans="1:7">
       <c r="A122" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="B122" t="s">
-        <v>279</v>
+        <v>298</v>
       </c>
       <c r="C122">
-        <v>318</v>
+        <v>58</v>
       </c>
       <c r="D122">
-        <v>5.2</v>
+        <v>8.2</v>
       </c>
       <c r="E122">
-        <v>14.95</v>
+        <v>16.5</v>
       </c>
       <c r="F122" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G122" t="s">
-        <v>23</v>
+        <v>299</v>
       </c>
     </row>
     <row r="123" spans="1:7">
       <c r="A123" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B123" t="s">
-        <v>272</v>
+        <v>301</v>
       </c>
       <c r="C123">
-        <v>296</v>
+        <v>58</v>
       </c>
       <c r="D123">
-        <v>6</v>
+        <v>6.8</v>
       </c>
       <c r="E123">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F123" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G123" t="s">
-        <v>304</v>
+        <v>198</v>
       </c>
     </row>
     <row r="124" spans="1:7">
       <c r="A124" t="s">
-        <v>305</v>
+        <v>302</v>
       </c>
       <c r="B124" t="s">
-        <v>306</v>
+        <v>303</v>
       </c>
       <c r="C124">
-        <v>220</v>
+        <v>159</v>
       </c>
       <c r="D124">
-        <v>5.1</v>
+        <v>6.8</v>
       </c>
       <c r="E124">
         <v>9.95</v>
       </c>
       <c r="F124" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G124" t="s">
-        <v>307</v>
+        <v>304</v>
       </c>
     </row>
     <row r="125" spans="1:7">
       <c r="A125" t="s">
-        <v>308</v>
+        <v>305</v>
       </c>
       <c r="B125" t="s">
-        <v>309</v>
+        <v>306</v>
       </c>
       <c r="C125">
-        <v>77</v>
+        <v>319</v>
       </c>
       <c r="D125">
-        <v>6.4</v>
+        <v>4.4</v>
       </c>
       <c r="E125">
-        <v>7.95</v>
+        <v>9.95</v>
       </c>
       <c r="F125" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G125" t="s">
-        <v>310</v>
+        <v>29</v>
       </c>
     </row>
     <row r="126" spans="1:7">
       <c r="A126" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B126" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="C126">
-        <v>75</v>
+        <v>10</v>
       </c>
       <c r="D126">
-        <v>7.4</v>
+        <v>6.4</v>
       </c>
       <c r="E126">
-        <v>7.95</v>
+        <v>14.95</v>
       </c>
       <c r="F126" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G126" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
     </row>
     <row r="127" spans="1:7">
       <c r="A127" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B127" t="s">
-        <v>12</v>
+        <v>252</v>
       </c>
       <c r="C127">
-        <v>99</v>
+        <v>182</v>
       </c>
       <c r="D127">
-        <v>6.9</v>
+        <v>4.7</v>
       </c>
       <c r="E127">
-        <v>7.95</v>
+        <v>9.95</v>
       </c>
       <c r="F127" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G127" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
     </row>
     <row r="128" spans="1:7">
       <c r="A128" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="B128" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="C128">
-        <v>305</v>
+        <v>566</v>
       </c>
       <c r="D128">
-        <v>7.7</v>
+        <v>5</v>
       </c>
       <c r="E128">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F128" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G128" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
     </row>
     <row r="129" spans="1:7">
       <c r="A129" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="B129" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="C129">
-        <v>90</v>
+        <v>167</v>
       </c>
       <c r="D129">
-        <v>4.6</v>
+        <v>8.9</v>
       </c>
       <c r="E129">
-        <v>9.95</v>
+        <v>17.95</v>
       </c>
       <c r="F129" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G129" t="s">
-        <v>321</v>
+        <v>317</v>
       </c>
     </row>
     <row r="130" spans="1:7">
       <c r="A130" t="s">
-        <v>322</v>
+        <v>318</v>
       </c>
       <c r="B130" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="C130">
-        <v>333</v>
+        <v>61</v>
       </c>
       <c r="D130">
-        <v>4.6</v>
+        <v>8.9</v>
       </c>
       <c r="E130">
-        <v>7.95</v>
+        <v>17.95</v>
       </c>
       <c r="F130" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G130" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
     </row>
     <row r="131" spans="1:7">
       <c r="A131" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="B131" t="s">
-        <v>325</v>
+        <v>321</v>
       </c>
       <c r="C131">
-        <v>92</v>
+        <v>56</v>
       </c>
       <c r="D131">
-        <v>6.9</v>
+        <v>5.4</v>
       </c>
       <c r="E131">
         <v>9.95</v>
       </c>
       <c r="F131" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G131" t="s">
-        <v>326</v>
+        <v>322</v>
       </c>
     </row>
     <row r="132" spans="1:7">
       <c r="A132" t="s">
-        <v>327</v>
+        <v>323</v>
       </c>
       <c r="B132" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="C132">
-        <v>39</v>
+        <v>136</v>
       </c>
       <c r="D132">
-        <v>6.6</v>
+        <v>7.3</v>
       </c>
       <c r="E132">
-        <v>9.95</v>
+        <v>16.95</v>
       </c>
       <c r="F132" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G132" t="s">
-        <v>155</v>
+        <v>322</v>
       </c>
     </row>
     <row r="133" spans="1:7">
       <c r="A133" t="s">
-        <v>329</v>
+        <v>325</v>
       </c>
       <c r="B133" t="s">
-        <v>330</v>
+        <v>326</v>
       </c>
       <c r="C133">
-        <v>174</v>
+        <v>34</v>
       </c>
       <c r="D133">
-        <v>6.3</v>
+        <v>9</v>
       </c>
       <c r="E133">
-        <v>7.95</v>
+        <v>15.95</v>
       </c>
       <c r="F133" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G133" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="134" spans="1:7">
       <c r="A134" t="s">
-        <v>331</v>
+        <v>327</v>
       </c>
       <c r="B134" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="C134">
-        <v>801</v>
+        <v>0</v>
       </c>
       <c r="D134">
-        <v>6</v>
+        <v>6.4</v>
       </c>
       <c r="E134">
-        <v>6.95</v>
+        <v>15.95</v>
       </c>
       <c r="F134" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>25</v>
+        <v>11</v>
       </c>
     </row>
     <row r="135" spans="1:7">
       <c r="A135" t="s">
-        <v>333</v>
+        <v>329</v>
       </c>
       <c r="B135" t="s">
-        <v>334</v>
+        <v>330</v>
       </c>
       <c r="C135">
-        <v>94</v>
+        <v>14</v>
       </c>
       <c r="D135">
-        <v>6</v>
+        <v>8.6</v>
       </c>
       <c r="E135">
         <v>9.95</v>
       </c>
       <c r="F135" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G135" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
     </row>
     <row r="136" spans="1:7">
       <c r="A136" t="s">
-        <v>335</v>
+        <v>331</v>
       </c>
       <c r="B136" t="s">
-        <v>334</v>
+        <v>332</v>
       </c>
       <c r="C136">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="D136">
-        <v>6</v>
+        <v>5.7</v>
       </c>
       <c r="E136">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F136" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G136" t="s">
-        <v>25</v>
+        <v>333</v>
       </c>
     </row>
     <row r="137" spans="1:7">
       <c r="A137" t="s">
-        <v>336</v>
+        <v>334</v>
       </c>
       <c r="B137" t="s">
-        <v>100</v>
+        <v>335</v>
       </c>
       <c r="C137">
-        <v>391</v>
+        <v>221</v>
       </c>
       <c r="D137">
         <v>6</v>
       </c>
       <c r="E137">
-        <v>16.5</v>
+        <v>14.95</v>
       </c>
       <c r="F137" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G137" t="s">
-        <v>23</v>
+        <v>294</v>
       </c>
     </row>
     <row r="138" spans="1:7">
       <c r="A138" t="s">
+        <v>336</v>
+      </c>
+      <c r="B138" t="s">
         <v>337</v>
       </c>
-      <c r="B138" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C138">
-        <v>37</v>
+        <v>337</v>
       </c>
       <c r="D138">
-        <v>8</v>
+        <v>7.4</v>
       </c>
       <c r="E138">
-        <v>9.95</v>
+        <v>13.95</v>
       </c>
       <c r="F138" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G138" t="s">
-        <v>25</v>
+        <v>304</v>
       </c>
     </row>
     <row r="139" spans="1:7">
       <c r="A139" t="s">
+        <v>338</v>
+      </c>
+      <c r="B139" t="s">
         <v>339</v>
       </c>
-      <c r="B139" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C139">
-        <v>0</v>
+        <v>13</v>
       </c>
       <c r="D139">
-        <v>6.3</v>
+        <v>7.4</v>
       </c>
       <c r="E139">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F139" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G139" t="s">
-        <v>217</v>
+        <v>340</v>
       </c>
     </row>
     <row r="140" spans="1:7">
       <c r="A140" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="B140" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="C140">
-        <v>0</v>
+        <v>64</v>
       </c>
       <c r="D140">
-        <v>6.6</v>
+        <v>6.1</v>
       </c>
       <c r="E140">
-        <v>16.95</v>
+        <v>14.95</v>
       </c>
       <c r="F140" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G140" t="s">
         <v>342</v>
       </c>
     </row>
     <row r="141" spans="1:7">
       <c r="A141" t="s">
         <v>343</v>
       </c>
       <c r="B141" t="s">
-        <v>96</v>
+        <v>281</v>
       </c>
       <c r="C141">
-        <v>63</v>
+        <v>95</v>
       </c>
       <c r="D141">
-        <v>4.1</v>
+        <v>6</v>
       </c>
       <c r="E141">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F141" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G141" t="s">
-        <v>246</v>
+        <v>198</v>
       </c>
     </row>
     <row r="142" spans="1:7">
       <c r="A142" t="s">
         <v>344</v>
       </c>
       <c r="B142" t="s">
         <v>345</v>
       </c>
       <c r="C142">
-        <v>73</v>
+        <v>110</v>
       </c>
       <c r="D142">
-        <v>4.4</v>
+        <v>7</v>
       </c>
       <c r="E142">
         <v>9.95</v>
       </c>
       <c r="F142" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G142" t="s">
-        <v>23</v>
+        <v>314</v>
       </c>
     </row>
     <row r="143" spans="1:7">
       <c r="A143" t="s">
         <v>346</v>
       </c>
       <c r="B143" t="s">
-        <v>233</v>
+        <v>347</v>
       </c>
       <c r="C143">
-        <v>81</v>
+        <v>306</v>
       </c>
       <c r="D143">
-        <v>3.7</v>
+        <v>7.1</v>
       </c>
       <c r="E143">
-        <v>14.5</v>
+        <v>9.95</v>
       </c>
       <c r="F143" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G143" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="144" spans="1:7">
       <c r="A144" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="B144" t="s">
-        <v>349</v>
+        <v>347</v>
       </c>
       <c r="C144">
-        <v>124</v>
+        <v>289</v>
       </c>
       <c r="D144">
-        <v>3.4</v>
+        <v>7.7</v>
       </c>
       <c r="E144">
         <v>9.95</v>
       </c>
       <c r="F144" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G144" t="s">
         <v>350</v>
       </c>
     </row>
     <row r="145" spans="1:7">
       <c r="A145" t="s">
         <v>351</v>
       </c>
       <c r="B145" t="s">
         <v>352</v>
       </c>
       <c r="C145">
-        <v>29</v>
+        <v>0</v>
       </c>
       <c r="D145">
         <v>6</v>
       </c>
       <c r="E145">
-        <v>9.95</v>
+        <v>17.95</v>
       </c>
       <c r="F145" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G145" t="s">
-        <v>353</v>
+        <v>226</v>
       </c>
     </row>
     <row r="146" spans="1:7">
       <c r="A146" t="s">
+        <v>353</v>
+      </c>
+      <c r="B146" t="s">
+        <v>352</v>
+      </c>
+      <c r="C146">
+        <v>0</v>
+      </c>
+      <c r="D146">
+        <v>6</v>
+      </c>
+      <c r="E146">
+        <v>17.95</v>
+      </c>
+      <c r="F146" t="s">
+        <v>11</v>
+      </c>
+      <c r="G146" t="s">
         <v>354</v>
-      </c>
-[...16 lines deleted...]
-        <v>356</v>
       </c>
     </row>
     <row r="147" spans="1:7">
       <c r="A147" t="s">
+        <v>355</v>
+      </c>
+      <c r="B147" t="s">
+        <v>356</v>
+      </c>
+      <c r="C147">
+        <v>0</v>
+      </c>
+      <c r="D147">
+        <v>6</v>
+      </c>
+      <c r="E147">
+        <v>17.95</v>
+      </c>
+      <c r="F147" t="s">
+        <v>11</v>
+      </c>
+      <c r="G147" t="s">
         <v>357</v>
-      </c>
-[...16 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="148" spans="1:7">
       <c r="A148" t="s">
+        <v>358</v>
+      </c>
+      <c r="B148" t="s">
         <v>359</v>
       </c>
-      <c r="B148" t="s">
+      <c r="C148">
+        <v>0</v>
+      </c>
+      <c r="D148">
+        <v>6</v>
+      </c>
+      <c r="E148">
+        <v>15.95</v>
+      </c>
+      <c r="F148" t="s">
+        <v>11</v>
+      </c>
+      <c r="G148" t="s">
         <v>360</v>
-      </c>
-[...13 lines deleted...]
-        <v>361</v>
       </c>
     </row>
     <row r="149" spans="1:7">
       <c r="A149" t="s">
+        <v>361</v>
+      </c>
+      <c r="B149" t="s">
         <v>362</v>
       </c>
-      <c r="B149" t="s">
+      <c r="C149">
+        <v>0</v>
+      </c>
+      <c r="D149">
+        <v>6</v>
+      </c>
+      <c r="E149">
+        <v>16.95</v>
+      </c>
+      <c r="F149" t="s">
+        <v>11</v>
+      </c>
+      <c r="G149" t="s">
         <v>363</v>
-      </c>
-[...13 lines deleted...]
-        <v>364</v>
       </c>
     </row>
     <row r="150" spans="1:7">
       <c r="A150" t="s">
+        <v>364</v>
+      </c>
+      <c r="B150" t="s">
         <v>365</v>
       </c>
-      <c r="B150" t="s">
+      <c r="C150">
+        <v>0</v>
+      </c>
+      <c r="D150">
+        <v>6</v>
+      </c>
+      <c r="E150">
+        <v>15.95</v>
+      </c>
+      <c r="F150" t="s">
+        <v>11</v>
+      </c>
+      <c r="G150" t="s">
         <v>366</v>
-      </c>
-[...13 lines deleted...]
-        <v>289</v>
       </c>
     </row>
     <row r="151" spans="1:7">
       <c r="A151" t="s">
         <v>367</v>
       </c>
       <c r="B151" t="s">
-        <v>45</v>
+        <v>368</v>
       </c>
       <c r="C151">
-        <v>89</v>
+        <v>0</v>
       </c>
       <c r="D151">
-        <v>7.1</v>
+        <v>6</v>
       </c>
       <c r="E151">
-        <v>15.95</v>
+        <v>17.95</v>
       </c>
       <c r="F151" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G151" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
     </row>
     <row r="152" spans="1:7">
       <c r="A152" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
       <c r="B152" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C152">
-        <v>145</v>
+        <v>0</v>
       </c>
       <c r="D152">
-        <v>5.2</v>
+        <v>6</v>
       </c>
       <c r="E152">
-        <v>14.95</v>
-[...5 lines deleted...]
-        <v>371</v>
+        <v>16.95</v>
       </c>
     </row>
     <row r="153" spans="1:7">
       <c r="A153" t="s">
         <v>372</v>
       </c>
       <c r="B153" t="s">
+        <v>371</v>
+      </c>
+      <c r="C153">
+        <v>0</v>
+      </c>
+      <c r="D153">
+        <v>6</v>
+      </c>
+      <c r="E153">
+        <v>16.95</v>
+      </c>
+      <c r="F153" t="s">
+        <v>11</v>
+      </c>
+      <c r="G153" t="s">
         <v>373</v>
-      </c>
-[...13 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="154" spans="1:7">
       <c r="A154" t="s">
         <v>374</v>
       </c>
       <c r="B154" t="s">
-        <v>317</v>
+        <v>375</v>
       </c>
       <c r="C154">
-        <v>337</v>
+        <v>0</v>
       </c>
       <c r="D154">
-        <v>7.1</v>
+        <v>6</v>
       </c>
       <c r="E154">
-        <v>9.95</v>
+        <v>16.95</v>
       </c>
       <c r="F154" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G154" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
     </row>
     <row r="155" spans="1:7">
       <c r="A155" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
       <c r="B155" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="C155">
-        <v>166</v>
+        <v>0</v>
       </c>
       <c r="D155">
-        <v>4.3</v>
+        <v>6</v>
       </c>
       <c r="E155">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F155" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G155" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
     </row>
     <row r="156" spans="1:7">
       <c r="A156" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="B156" t="s">
-        <v>300</v>
+        <v>378</v>
       </c>
       <c r="C156">
-        <v>304</v>
+        <v>0</v>
       </c>
       <c r="D156">
-        <v>5.7</v>
+        <v>6</v>
       </c>
       <c r="E156">
-        <v>12.95</v>
+        <v>15.95</v>
       </c>
       <c r="F156" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G156" t="s">
-        <v>34</v>
+        <v>381</v>
       </c>
     </row>
     <row r="157" spans="1:7">
       <c r="A157" t="s">
-        <v>380</v>
+        <v>382</v>
       </c>
       <c r="B157" t="s">
-        <v>381</v>
+        <v>383</v>
       </c>
       <c r="C157">
-        <v>241</v>
+        <v>0</v>
       </c>
       <c r="D157">
         <v>6</v>
       </c>
       <c r="E157">
-        <v>14.95</v>
+        <v>17.95</v>
       </c>
       <c r="F157" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G157" t="s">
-        <v>34</v>
+        <v>384</v>
       </c>
     </row>
     <row r="158" spans="1:7">
       <c r="A158" t="s">
-        <v>382</v>
+        <v>385</v>
       </c>
       <c r="B158" t="s">
-        <v>383</v>
+        <v>386</v>
       </c>
       <c r="C158">
-        <v>83</v>
+        <v>512</v>
       </c>
       <c r="D158">
-        <v>6.8</v>
+        <v>7.4</v>
       </c>
       <c r="E158">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F158" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G158" t="s">
-        <v>119</v>
+        <v>387</v>
       </c>
     </row>
     <row r="159" spans="1:7">
       <c r="A159" t="s">
-        <v>384</v>
+        <v>388</v>
       </c>
       <c r="B159" t="s">
-        <v>385</v>
+        <v>389</v>
       </c>
       <c r="C159">
-        <v>138</v>
+        <v>77</v>
       </c>
       <c r="D159">
-        <v>4.1</v>
+        <v>6</v>
       </c>
       <c r="E159">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F159" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G159" t="s">
-        <v>386</v>
+        <v>23</v>
       </c>
     </row>
     <row r="160" spans="1:7">
       <c r="A160" t="s">
-        <v>387</v>
+        <v>390</v>
       </c>
       <c r="B160" t="s">
-        <v>388</v>
+        <v>391</v>
       </c>
       <c r="C160">
-        <v>119</v>
+        <v>30</v>
       </c>
       <c r="D160">
         <v>6</v>
       </c>
       <c r="E160">
         <v>9.95</v>
       </c>
       <c r="F160" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G160" t="s">
-        <v>23</v>
+        <v>392</v>
       </c>
     </row>
     <row r="161" spans="1:7">
       <c r="A161" t="s">
-        <v>389</v>
+        <v>393</v>
       </c>
       <c r="B161" t="s">
-        <v>366</v>
+        <v>394</v>
       </c>
       <c r="C161">
-        <v>521</v>
+        <v>22</v>
       </c>
       <c r="D161">
-        <v>7.4</v>
+        <v>4.5</v>
       </c>
       <c r="E161">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F161" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G161" t="s">
-        <v>390</v>
+        <v>395</v>
       </c>
     </row>
     <row r="162" spans="1:7">
       <c r="A162" t="s">
-        <v>391</v>
+        <v>396</v>
       </c>
       <c r="B162" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
       <c r="C162">
-        <v>111</v>
+        <v>8</v>
       </c>
       <c r="D162">
         <v>7.9</v>
       </c>
       <c r="E162">
-        <v>16.95</v>
+        <v>14.95</v>
       </c>
       <c r="F162" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G162" t="s">
-        <v>61</v>
+        <v>398</v>
       </c>
     </row>
     <row r="163" spans="1:7">
       <c r="A163" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
       <c r="B163" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="C163">
-        <v>0</v>
+        <v>147</v>
       </c>
       <c r="D163">
-        <v>5</v>
+        <v>3.7</v>
+      </c>
+      <c r="E163">
+        <v>16.95</v>
+      </c>
+      <c r="F163" t="s">
+        <v>110</v>
+      </c>
+      <c r="G163" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="164" spans="1:7">
       <c r="A164" t="s">
-        <v>395</v>
+        <v>401</v>
       </c>
       <c r="B164" t="s">
-        <v>396</v>
+        <v>402</v>
       </c>
       <c r="C164">
-        <v>39</v>
+        <v>132</v>
       </c>
       <c r="D164">
-        <v>7.4</v>
+        <v>5.7</v>
       </c>
       <c r="E164">
-        <v>14.95</v>
+        <v>16.95</v>
       </c>
       <c r="F164" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G164" t="s">
-        <v>397</v>
+        <v>229</v>
       </c>
     </row>
     <row r="165" spans="1:7">
       <c r="A165" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="B165" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="C165">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="D165">
-        <v>8.6</v>
+        <v>6.3</v>
       </c>
       <c r="E165">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F165" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G165" t="s">
-        <v>23</v>
+        <v>294</v>
       </c>
     </row>
     <row r="166" spans="1:7">
       <c r="A166" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
       <c r="B166" t="s">
-        <v>383</v>
+        <v>19</v>
       </c>
       <c r="C166">
-        <v>9</v>
+        <v>175</v>
       </c>
       <c r="D166">
-        <v>6.7</v>
+        <v>7.1</v>
       </c>
       <c r="E166">
-        <v>14.95</v>
+        <v>7.95</v>
       </c>
       <c r="F166" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G166" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
     </row>
     <row r="167" spans="1:7">
       <c r="A167" t="s">
-        <v>402</v>
+        <v>407</v>
       </c>
       <c r="B167" t="s">
-        <v>403</v>
+        <v>408</v>
       </c>
       <c r="C167">
-        <v>86</v>
+        <v>778</v>
       </c>
       <c r="D167">
-        <v>4.5</v>
+        <v>6</v>
       </c>
       <c r="E167">
-        <v>9.95</v>
+        <v>6.95</v>
       </c>
       <c r="F167" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G167" t="s">
-        <v>25</v>
+        <v>23</v>
       </c>
     </row>
     <row r="168" spans="1:7">
       <c r="A168" t="s">
-        <v>404</v>
+        <v>409</v>
       </c>
       <c r="B168" t="s">
-        <v>405</v>
+        <v>410</v>
       </c>
       <c r="C168">
-        <v>211</v>
+        <v>160</v>
       </c>
       <c r="D168">
-        <v>4.7</v>
+        <v>6.3</v>
       </c>
       <c r="E168">
-        <v>9.95</v>
+        <v>7.95</v>
       </c>
       <c r="F168" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G168" t="s">
-        <v>406</v>
+        <v>29</v>
       </c>
     </row>
     <row r="169" spans="1:7">
       <c r="A169" t="s">
-        <v>407</v>
+        <v>411</v>
       </c>
       <c r="B169" t="s">
-        <v>408</v>
+        <v>412</v>
       </c>
       <c r="C169">
-        <v>0</v>
+        <v>271</v>
       </c>
       <c r="D169">
-        <v>3.8</v>
+        <v>5.2</v>
       </c>
       <c r="E169">
-        <v>14.5</v>
+        <v>5.95</v>
       </c>
       <c r="F169" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G169" t="s">
-        <v>361</v>
+        <v>29</v>
       </c>
     </row>
     <row r="170" spans="1:7">
       <c r="A170" t="s">
-        <v>409</v>
+        <v>413</v>
       </c>
       <c r="B170" t="s">
-        <v>405</v>
+        <v>412</v>
       </c>
       <c r="C170">
-        <v>193</v>
+        <v>87</v>
       </c>
       <c r="D170">
-        <v>4.9</v>
+        <v>5</v>
       </c>
       <c r="E170">
-        <v>9.95</v>
+        <v>5.95</v>
       </c>
       <c r="F170" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G170" t="s">
-        <v>410</v>
+        <v>23</v>
       </c>
     </row>
     <row r="171" spans="1:7">
       <c r="A171" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
       <c r="B171" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="C171">
-        <v>96</v>
+        <v>61</v>
       </c>
       <c r="D171">
-        <v>6</v>
+        <v>4.5</v>
       </c>
       <c r="E171">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F171" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G171" t="s">
-        <v>119</v>
+        <v>23</v>
       </c>
     </row>
     <row r="172" spans="1:7">
       <c r="A172" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="B172" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
       <c r="C172">
-        <v>183</v>
+        <v>310</v>
       </c>
       <c r="D172">
         <v>6</v>
       </c>
       <c r="E172">
-        <v>7.95</v>
+        <v>14.95</v>
       </c>
       <c r="F172" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G172" t="s">
-        <v>25</v>
+        <v>198</v>
       </c>
     </row>
     <row r="173" spans="1:7">
       <c r="A173" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B173" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="C173">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D173">
-        <v>6.5</v>
+        <v>5.2</v>
       </c>
       <c r="E173">
-        <v>14.95</v>
+        <v>11.95</v>
       </c>
       <c r="F173" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G173" t="s">
-        <v>417</v>
+        <v>72</v>
       </c>
     </row>
     <row r="174" spans="1:7">
       <c r="A174" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="B174" t="s">
-        <v>381</v>
+        <v>421</v>
       </c>
       <c r="C174">
-        <v>86</v>
+        <v>171</v>
       </c>
       <c r="D174">
-        <v>6.1</v>
+        <v>6</v>
       </c>
       <c r="E174">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F174" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G174" t="s">
-        <v>419</v>
+        <v>422</v>
       </c>
     </row>
     <row r="175" spans="1:7">
       <c r="A175" t="s">
-        <v>420</v>
+        <v>423</v>
       </c>
       <c r="B175" t="s">
-        <v>355</v>
+        <v>32</v>
       </c>
       <c r="C175">
-        <v>47</v>
+        <v>192</v>
       </c>
       <c r="D175">
         <v>6</v>
       </c>
       <c r="E175">
         <v>14.95</v>
       </c>
       <c r="F175" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G175" t="s">
-        <v>155</v>
+        <v>424</v>
       </c>
     </row>
     <row r="176" spans="1:7">
       <c r="A176" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B176" t="s">
-        <v>422</v>
+        <v>308</v>
       </c>
       <c r="C176">
-        <v>52</v>
+        <v>184</v>
       </c>
       <c r="D176">
-        <v>8.4</v>
+        <v>6.2</v>
       </c>
       <c r="E176">
-        <v>17.95</v>
+        <v>14.95</v>
       </c>
       <c r="F176" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G176" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
     </row>
     <row r="177" spans="1:7">
       <c r="A177" t="s">
-        <v>424</v>
+        <v>427</v>
       </c>
       <c r="B177" t="s">
-        <v>392</v>
+        <v>428</v>
       </c>
       <c r="C177">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="D177">
-        <v>7.8</v>
+        <v>4.1</v>
       </c>
       <c r="E177">
-        <v>16.95</v>
+        <v>14.95</v>
       </c>
       <c r="F177" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G177" t="s">
-        <v>262</v>
+        <v>429</v>
       </c>
     </row>
     <row r="178" spans="1:7">
       <c r="A178" t="s">
-        <v>425</v>
+        <v>430</v>
       </c>
       <c r="B178" t="s">
-        <v>426</v>
+        <v>239</v>
       </c>
       <c r="C178">
-        <v>187</v>
+        <v>162</v>
       </c>
       <c r="D178">
-        <v>6.2</v>
+        <v>4.3</v>
       </c>
       <c r="E178">
         <v>14.95</v>
       </c>
       <c r="F178" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G178" t="s">
-        <v>427</v>
+        <v>431</v>
       </c>
     </row>
     <row r="179" spans="1:7">
       <c r="A179" t="s">
-        <v>428</v>
+        <v>432</v>
       </c>
       <c r="B179" t="s">
-        <v>429</v>
+        <v>433</v>
       </c>
       <c r="C179">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="D179">
-        <v>5.2</v>
+        <v>6</v>
       </c>
       <c r="E179">
         <v>14.95</v>
       </c>
       <c r="F179" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G179" t="s">
-        <v>119</v>
+        <v>434</v>
       </c>
     </row>
     <row r="180" spans="1:7">
       <c r="A180" t="s">
-        <v>430</v>
+        <v>435</v>
+      </c>
+      <c r="B180" t="s">
+        <v>433</v>
       </c>
       <c r="C180">
-        <v>117</v>
+        <v>0</v>
+      </c>
+      <c r="D180">
+        <v>6</v>
+      </c>
+      <c r="E180">
+        <v>14.95</v>
+      </c>
+      <c r="F180" t="s">
+        <v>11</v>
+      </c>
+      <c r="G180" t="s">
+        <v>436</v>
       </c>
     </row>
     <row r="181" spans="1:7">
       <c r="A181" t="s">
-        <v>431</v>
+        <v>437</v>
       </c>
       <c r="B181" t="s">
-        <v>363</v>
+        <v>359</v>
       </c>
       <c r="C181">
-        <v>69</v>
+        <v>0</v>
       </c>
       <c r="D181">
-        <v>7.5</v>
+        <v>6</v>
       </c>
       <c r="E181">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F181" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G181" t="s">
-        <v>310</v>
+        <v>438</v>
       </c>
     </row>
     <row r="182" spans="1:7">
       <c r="A182" t="s">
-        <v>432</v>
+        <v>439</v>
       </c>
       <c r="B182" t="s">
-        <v>433</v>
+        <v>440</v>
       </c>
       <c r="C182">
-        <v>90</v>
+        <v>0</v>
       </c>
       <c r="D182">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E182">
-        <v>14.95</v>
+        <v>16.95</v>
       </c>
       <c r="F182" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G182" t="s">
-        <v>434</v>
+        <v>363</v>
       </c>
     </row>
     <row r="183" spans="1:7">
       <c r="A183" t="s">
-        <v>435</v>
+        <v>441</v>
       </c>
       <c r="B183" t="s">
-        <v>436</v>
+        <v>375</v>
       </c>
       <c r="C183">
-        <v>38</v>
+        <v>0</v>
       </c>
       <c r="D183">
-        <v>7.6</v>
+        <v>6</v>
       </c>
       <c r="E183">
-        <v>14.95</v>
+        <v>16.95</v>
       </c>
       <c r="F183" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G183" t="s">
-        <v>437</v>
+        <v>442</v>
       </c>
     </row>
     <row r="184" spans="1:7">
       <c r="A184" t="s">
-        <v>438</v>
+        <v>443</v>
       </c>
       <c r="B184" t="s">
-        <v>439</v>
+        <v>444</v>
       </c>
       <c r="C184">
-        <v>24</v>
+        <v>0</v>
       </c>
       <c r="D184">
         <v>6</v>
       </c>
       <c r="E184">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F184" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G184" t="s">
-        <v>440</v>
+        <v>445</v>
       </c>
     </row>
     <row r="185" spans="1:7">
       <c r="A185" t="s">
-        <v>441</v>
+        <v>446</v>
       </c>
       <c r="B185" t="s">
-        <v>377</v>
+        <v>444</v>
       </c>
       <c r="C185">
-        <v>373</v>
+        <v>0</v>
       </c>
       <c r="D185">
-        <v>4.3</v>
+        <v>6</v>
       </c>
       <c r="E185">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F185" t="s">
-        <v>13</v>
+        <v>11</v>
+      </c>
+      <c r="G185" t="s">
+        <v>447</v>
       </c>
     </row>
     <row r="186" spans="1:7">
       <c r="A186" t="s">
-        <v>442</v>
+        <v>448</v>
       </c>
       <c r="B186" t="s">
-        <v>385</v>
+        <v>449</v>
       </c>
       <c r="C186">
-        <v>127</v>
+        <v>1</v>
       </c>
       <c r="D186">
-        <v>4.1</v>
+        <v>6</v>
       </c>
       <c r="E186">
         <v>14.95</v>
       </c>
       <c r="F186" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G186" t="s">
-        <v>443</v>
+        <v>450</v>
       </c>
     </row>
     <row r="187" spans="1:7">
       <c r="A187" t="s">
-        <v>444</v>
+        <v>451</v>
       </c>
       <c r="B187" t="s">
-        <v>445</v>
+        <v>452</v>
       </c>
       <c r="C187">
-        <v>251</v>
+        <v>0</v>
       </c>
       <c r="D187">
-        <v>6</v>
+        <v>6.4</v>
       </c>
       <c r="E187">
-        <v>9.95</v>
+        <v>15.95</v>
       </c>
       <c r="F187" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G187" t="s">
-        <v>23</v>
+        <v>304</v>
       </c>
     </row>
     <row r="188" spans="1:7">
       <c r="A188" t="s">
-        <v>446</v>
+        <v>453</v>
       </c>
       <c r="B188" t="s">
-        <v>447</v>
+        <v>454</v>
       </c>
       <c r="C188">
-        <v>349</v>
+        <v>220</v>
       </c>
       <c r="D188">
-        <v>7.4</v>
+        <v>6.6</v>
       </c>
       <c r="E188">
-        <v>13.95</v>
+        <v>15.95</v>
       </c>
       <c r="F188" t="s">
-        <v>13</v>
+        <v>110</v>
       </c>
       <c r="G188" t="s">
-        <v>17</v>
+        <v>314</v>
       </c>
     </row>
     <row r="189" spans="1:7">
       <c r="A189" t="s">
-        <v>448</v>
+        <v>455</v>
       </c>
       <c r="B189" t="s">
-        <v>426</v>
+        <v>275</v>
       </c>
       <c r="C189">
-        <v>46</v>
+        <v>408</v>
       </c>
       <c r="D189">
-        <v>6.4</v>
+        <v>6</v>
       </c>
       <c r="E189">
         <v>14.95</v>
       </c>
       <c r="F189" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G189" t="s">
-        <v>449</v>
+        <v>456</v>
       </c>
     </row>
     <row r="190" spans="1:7">
       <c r="A190" t="s">
-        <v>450</v>
+        <v>457</v>
       </c>
       <c r="B190" t="s">
-        <v>451</v>
+        <v>458</v>
       </c>
       <c r="C190">
-        <v>160</v>
+        <v>0</v>
       </c>
       <c r="D190">
-        <v>6</v>
+        <v>8.4</v>
       </c>
       <c r="E190">
-        <v>16.95</v>
+        <v>17.95</v>
       </c>
       <c r="F190" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G190" t="s">
-        <v>452</v>
+        <v>459</v>
       </c>
     </row>
     <row r="191" spans="1:7">
       <c r="A191" t="s">
-        <v>453</v>
+        <v>460</v>
       </c>
       <c r="B191" t="s">
-        <v>42</v>
+        <v>461</v>
       </c>
       <c r="C191">
-        <v>160</v>
+        <v>38</v>
       </c>
       <c r="D191">
-        <v>6</v>
+        <v>6.2</v>
       </c>
       <c r="E191">
-        <v>16.95</v>
+        <v>15.95</v>
       </c>
       <c r="F191" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G191" t="s">
-        <v>298</v>
+        <v>462</v>
       </c>
     </row>
     <row r="192" spans="1:7">
       <c r="A192" t="s">
-        <v>454</v>
+        <v>463</v>
       </c>
       <c r="B192" t="s">
-        <v>455</v>
+        <v>386</v>
       </c>
       <c r="C192">
-        <v>198</v>
+        <v>48</v>
       </c>
       <c r="D192">
-        <v>6.3</v>
+        <v>7.4</v>
       </c>
       <c r="E192">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F192" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G192" t="s">
-        <v>456</v>
+        <v>422</v>
       </c>
     </row>
     <row r="193" spans="1:7">
       <c r="A193" t="s">
-        <v>457</v>
+        <v>464</v>
       </c>
       <c r="B193" t="s">
-        <v>285</v>
+        <v>202</v>
       </c>
       <c r="C193">
-        <v>360</v>
+        <v>347</v>
       </c>
       <c r="D193">
         <v>6</v>
       </c>
       <c r="E193">
         <v>14.95</v>
       </c>
       <c r="F193" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G193" t="s">
-        <v>427</v>
+        <v>426</v>
       </c>
     </row>
     <row r="194" spans="1:7">
       <c r="A194" t="s">
-        <v>458</v>
+        <v>465</v>
       </c>
       <c r="B194" t="s">
-        <v>373</v>
+        <v>99</v>
       </c>
       <c r="C194">
-        <v>79</v>
+        <v>114</v>
       </c>
       <c r="D194">
-        <v>6</v>
+        <v>5.8</v>
       </c>
       <c r="E194">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F194" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G194" t="s">
-        <v>459</v>
+        <v>466</v>
       </c>
     </row>
     <row r="195" spans="1:7">
       <c r="A195" t="s">
-        <v>460</v>
+        <v>467</v>
       </c>
       <c r="B195" t="s">
-        <v>461</v>
+        <v>468</v>
       </c>
       <c r="C195">
-        <v>314</v>
+        <v>41</v>
       </c>
       <c r="D195">
-        <v>6</v>
+        <v>6.9</v>
       </c>
       <c r="E195">
-        <v>14.95</v>
+        <v>15.95</v>
       </c>
       <c r="F195" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G195" t="s">
-        <v>462</v>
+        <v>469</v>
       </c>
     </row>
     <row r="196" spans="1:7">
       <c r="A196" t="s">
-        <v>463</v>
+        <v>470</v>
       </c>
       <c r="B196" t="s">
-        <v>412</v>
+        <v>356</v>
       </c>
       <c r="C196">
-        <v>204</v>
+        <v>0</v>
       </c>
       <c r="D196">
         <v>6</v>
       </c>
       <c r="E196">
-        <v>14.95</v>
+        <v>17.95</v>
       </c>
       <c r="F196" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G196" t="s">
-        <v>459</v>
+        <v>471</v>
       </c>
     </row>
     <row r="197" spans="1:7">
       <c r="A197" t="s">
-        <v>464</v>
+        <v>472</v>
       </c>
       <c r="B197" t="s">
-        <v>248</v>
+        <v>473</v>
       </c>
       <c r="C197">
-        <v>61</v>
+        <v>390</v>
       </c>
       <c r="D197">
-        <v>4.6</v>
+        <v>6.5</v>
       </c>
       <c r="E197">
-        <v>12.95</v>
+        <v>15.95</v>
       </c>
       <c r="F197" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G197" t="s">
-        <v>465</v>
+        <v>474</v>
       </c>
     </row>
     <row r="198" spans="1:7">
       <c r="A198" t="s">
-        <v>466</v>
+        <v>475</v>
       </c>
       <c r="B198" t="s">
-        <v>467</v>
+        <v>476</v>
       </c>
       <c r="C198">
-        <v>180</v>
+        <v>0</v>
       </c>
       <c r="D198">
         <v>6</v>
       </c>
       <c r="E198">
-        <v>14.95</v>
+        <v>17.95</v>
       </c>
       <c r="F198" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G198" t="s">
-        <v>468</v>
+        <v>477</v>
       </c>
     </row>
     <row r="199" spans="1:7">
       <c r="A199" t="s">
-        <v>469</v>
+        <v>478</v>
       </c>
       <c r="B199" t="s">
-        <v>470</v>
+        <v>479</v>
       </c>
       <c r="C199">
-        <v>216</v>
+        <v>63</v>
       </c>
       <c r="D199">
-        <v>5.7</v>
+        <v>5</v>
       </c>
       <c r="E199">
-        <v>16.95</v>
+        <v>14.95</v>
       </c>
       <c r="F199" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G199" t="s">
-        <v>371</v>
+        <v>480</v>
       </c>
     </row>
     <row r="200" spans="1:7">
       <c r="A200" t="s">
-        <v>471</v>
+        <v>481</v>
       </c>
       <c r="B200" t="s">
-        <v>377</v>
+        <v>482</v>
       </c>
       <c r="C200">
-        <v>317</v>
+        <v>182</v>
       </c>
       <c r="D200">
-        <v>5.3</v>
+        <v>6.9</v>
       </c>
       <c r="E200">
-        <v>15.95</v>
+        <v>14.95</v>
       </c>
       <c r="F200" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G200" t="s">
-        <v>46</v>
+        <v>183</v>
       </c>
     </row>
     <row r="201" spans="1:7">
       <c r="A201" t="s">
-        <v>472</v>
+        <v>483</v>
       </c>
       <c r="B201" t="s">
-        <v>473</v>
+        <v>239</v>
       </c>
       <c r="C201">
-        <v>300</v>
+        <v>364</v>
       </c>
       <c r="D201">
-        <v>6.5</v>
+        <v>4.3</v>
       </c>
       <c r="E201">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F201" t="s">
-        <v>13</v>
-[...2 lines deleted...]
-        <v>474</v>
+        <v>11</v>
       </c>
     </row>
     <row r="202" spans="1:7">
       <c r="A202" t="s">
-        <v>475</v>
+        <v>484</v>
       </c>
       <c r="B202" t="s">
-        <v>476</v>
+        <v>212</v>
       </c>
       <c r="C202">
-        <v>89</v>
+        <v>297</v>
       </c>
       <c r="D202">
         <v>6</v>
       </c>
       <c r="E202">
         <v>16.95</v>
       </c>
       <c r="F202" t="s">
-        <v>9</v>
+        <v>110</v>
       </c>
       <c r="G202" t="s">
-        <v>161</v>
+        <v>426</v>
       </c>
     </row>
     <row r="203" spans="1:7">
       <c r="A203" t="s">
-        <v>477</v>
+        <v>485</v>
       </c>
       <c r="B203" t="s">
-        <v>478</v>
+        <v>486</v>
       </c>
       <c r="C203">
-        <v>394</v>
+        <v>560</v>
       </c>
       <c r="D203">
-        <v>6.5</v>
+        <v>5.1</v>
       </c>
       <c r="E203">
-        <v>15.95</v>
+        <v>9.95</v>
       </c>
       <c r="F203" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G203" t="s">
-        <v>479</v>
+        <v>487</v>
       </c>
     </row>
     <row r="204" spans="1:7">
       <c r="A204" t="s">
-        <v>480</v>
+        <v>488</v>
       </c>
       <c r="B204" t="s">
-        <v>481</v>
+        <v>489</v>
       </c>
       <c r="C204">
-        <v>4</v>
+        <v>227</v>
       </c>
       <c r="D204">
-        <v>6.3</v>
+        <v>7</v>
       </c>
       <c r="E204">
-        <v>9.95</v>
+        <v>14.95</v>
       </c>
       <c r="F204" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G204" t="s">
-        <v>23</v>
+        <v>490</v>
       </c>
     </row>
     <row r="205" spans="1:7">
       <c r="A205" t="s">
-        <v>482</v>
+        <v>491</v>
       </c>
       <c r="B205" t="s">
-        <v>476</v>
+        <v>492</v>
       </c>
       <c r="C205">
-        <v>303</v>
+        <v>105</v>
       </c>
       <c r="D205">
-        <v>6</v>
+        <v>3.4</v>
       </c>
       <c r="E205">
-        <v>16.95</v>
+        <v>9.95</v>
       </c>
       <c r="F205" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G205" t="s">
-        <v>427</v>
+        <v>493</v>
       </c>
     </row>
     <row r="206" spans="1:7">
       <c r="A206" t="s">
-        <v>483</v>
+        <v>494</v>
       </c>
       <c r="B206" t="s">
-        <v>439</v>
+        <v>421</v>
       </c>
       <c r="C206">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D206">
         <v>6</v>
       </c>
       <c r="E206">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F206" t="s">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G206" t="s">
-        <v>484</v>
+        <v>495</v>
       </c>
     </row>
     <row r="207" spans="1:7">
       <c r="A207" t="s">
-        <v>485</v>
+        <v>496</v>
       </c>
       <c r="B207" t="s">
-        <v>486</v>
+        <v>497</v>
       </c>
       <c r="C207">
-        <v>1</v>
+        <v>83</v>
       </c>
       <c r="D207">
         <v>6.9</v>
       </c>
       <c r="E207">
-        <v>14.95</v>
+        <v>9.95</v>
       </c>
       <c r="F207" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G207" t="s">
-        <v>487</v>
+        <v>498</v>
       </c>
     </row>
     <row r="208" spans="1:7">
       <c r="A208" t="s">
-        <v>488</v>
+        <v>499</v>
+      </c>
+      <c r="B208" t="s">
+        <v>283</v>
       </c>
       <c r="C208">
-        <v>98</v>
+        <v>86</v>
+      </c>
+      <c r="D208">
+        <v>7.1</v>
+      </c>
+      <c r="E208">
+        <v>14.95</v>
+      </c>
+      <c r="G208" t="s">
+        <v>500</v>
       </c>
     </row>
     <row r="209" spans="1:7">
       <c r="A209" t="s">
-        <v>489</v>
+        <v>501</v>
+      </c>
+      <c r="B209" t="s">
+        <v>171</v>
+      </c>
+      <c r="C209">
+        <v>83</v>
+      </c>
+      <c r="D209">
+        <v>4.6</v>
+      </c>
+      <c r="E209">
+        <v>9.95</v>
+      </c>
+      <c r="F209" t="s">
+        <v>11</v>
+      </c>
+      <c r="G209" t="s">
+        <v>502</v>
       </c>
     </row>
     <row r="210" spans="1:7">
       <c r="A210" t="s">
-        <v>489</v>
+        <v>503</v>
+      </c>
+      <c r="B210" t="s">
+        <v>428</v>
+      </c>
+      <c r="C210">
+        <v>124</v>
+      </c>
+      <c r="D210">
+        <v>4.1</v>
+      </c>
+      <c r="E210">
+        <v>14.95</v>
+      </c>
+      <c r="F210" t="s">
+        <v>11</v>
+      </c>
+      <c r="G210" t="s">
+        <v>504</v>
       </c>
     </row>
     <row r="211" spans="1:7">
       <c r="A211" t="s">
-        <v>489</v>
+        <v>505</v>
+      </c>
+      <c r="B211" t="s">
+        <v>506</v>
+      </c>
+      <c r="C211">
+        <v>296</v>
+      </c>
+      <c r="D211">
+        <v>6.5</v>
+      </c>
+      <c r="E211">
+        <v>9.95</v>
+      </c>
+      <c r="F211" t="s">
+        <v>11</v>
+      </c>
+      <c r="G211" t="s">
+        <v>507</v>
       </c>
     </row>
     <row r="212" spans="1:7">
       <c r="A212" t="s">
-        <v>490</v>
+        <v>508</v>
+      </c>
+      <c r="B212" t="s">
+        <v>383</v>
       </c>
       <c r="C212">
-        <v>9988</v>
+        <v>0</v>
+      </c>
+      <c r="D212">
+        <v>6</v>
+      </c>
+      <c r="E212">
+        <v>17.95</v>
+      </c>
+      <c r="F212" t="s">
+        <v>11</v>
+      </c>
+      <c r="G212" t="s">
+        <v>509</v>
       </c>
     </row>
     <row r="213" spans="1:7">
       <c r="A213" t="s">
-        <v>491</v>
-[...2 lines deleted...]
-        <v>491</v>
+        <v>510</v>
       </c>
       <c r="C213">
-        <v>954</v>
+        <v>117</v>
       </c>
     </row>
     <row r="214" spans="1:7">
       <c r="A214" t="s">
-        <v>492</v>
+        <v>511</v>
       </c>
       <c r="B214" t="s">
-        <v>493</v>
+        <v>512</v>
       </c>
       <c r="C214">
-        <v>0</v>
+        <v>4</v>
+      </c>
+      <c r="D214">
+        <v>6.3</v>
+      </c>
+      <c r="E214">
+        <v>9.95</v>
+      </c>
+      <c r="F214" t="s">
+        <v>11</v>
+      </c>
+      <c r="G214" t="s">
+        <v>29</v>
       </c>
     </row>
     <row r="215" spans="1:7">
       <c r="A215" t="s">
-        <v>494</v>
-[...2 lines deleted...]
-        <v>495</v>
+        <v>513</v>
       </c>
       <c r="C215">
-        <v>0</v>
-[...2 lines deleted...]
-        <v>7.9</v>
+        <v>98</v>
       </c>
     </row>
     <row r="216" spans="1:7">
       <c r="A216" t="s">
-        <v>496</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>514</v>
       </c>
     </row>
     <row r="217" spans="1:7">
       <c r="A217" t="s">
-        <v>498</v>
-[...2 lines deleted...]
-        <v>986</v>
+        <v>514</v>
       </c>
     </row>
     <row r="218" spans="1:7">
       <c r="A218" t="s">
-        <v>499</v>
-[...2 lines deleted...]
-        <v>988</v>
+        <v>514</v>
       </c>
     </row>
     <row r="219" spans="1:7">
       <c r="A219" t="s">
-        <v>500</v>
-[...2 lines deleted...]
-        <v>500</v>
+        <v>515</v>
       </c>
       <c r="C219">
+        <v>9988</v>
+      </c>
+    </row>
+    <row r="220" spans="1:7">
+      <c r="A220" t="s">
+        <v>516</v>
+      </c>
+      <c r="B220" t="s">
+        <v>516</v>
+      </c>
+      <c r="C220">
+        <v>954</v>
+      </c>
+    </row>
+    <row r="221" spans="1:7">
+      <c r="A221" t="s">
+        <v>517</v>
+      </c>
+      <c r="B221" t="s">
+        <v>518</v>
+      </c>
+      <c r="C221">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="222" spans="1:7">
+      <c r="A222" t="s">
+        <v>519</v>
+      </c>
+      <c r="B222" t="s">
+        <v>520</v>
+      </c>
+      <c r="C222">
+        <v>0</v>
+      </c>
+      <c r="D222">
+        <v>7.9</v>
+      </c>
+    </row>
+    <row r="223" spans="1:7">
+      <c r="A223" t="s">
+        <v>521</v>
+      </c>
+      <c r="B223" t="s">
+        <v>522</v>
+      </c>
+      <c r="C223">
+        <v>18263</v>
+      </c>
+      <c r="D223">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="224" spans="1:7">
+      <c r="A224" t="s">
+        <v>523</v>
+      </c>
+      <c r="C224">
+        <v>986</v>
+      </c>
+    </row>
+    <row r="225" spans="1:7">
+      <c r="A225" t="s">
+        <v>524</v>
+      </c>
+      <c r="C225">
+        <v>988</v>
+      </c>
+    </row>
+    <row r="226" spans="1:7">
+      <c r="A226" t="s">
+        <v>525</v>
+      </c>
+      <c r="B226" t="s">
+        <v>525</v>
+      </c>
+      <c r="C226">
         <v>100</v>
       </c>
-      <c r="D219">
+      <c r="D226">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>